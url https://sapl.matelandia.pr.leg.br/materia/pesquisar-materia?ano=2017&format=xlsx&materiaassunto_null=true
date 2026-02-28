--- v0 (2025-11-29)
+++ v1 (2026-02-28)
@@ -90,66 +90,66 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DO CALÇAMENTO COM PEDRAS IRREGULARES QUE LIGA À COMUNIDADE DA VILA BRASIL, INICIANDO NA RODOVIA PR-590 ATÉ O PAVILHÃO DA COMUNIDADE.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDOS PARA RECUPERAÇÃO TOTAL DO CALÇAMENTO COM PEDRAS IRREGULARES EM TODA A EXTENSÃO DA ESTRADA QUE LIGA A COMUNIDADE DO RIO SABIÁ, PARA QUE POSSAMOS SOLUCIONAR EM DEFINITIVO OS PROBLEMAS DESTA ESTRADA.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>Rafinha</t>
+    <t>Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; INDICA COBERTURA EM FRENTE AO POSTO/UNIDADE DE SAÚDE DA VILA NOVA, COM INSTALAÇÃO DE BANCOS PARA ACOMODAÇÃO DOS PACIENTES E DEMAIS PESSOAS QUE AGUARDAM ATENDIMENTO.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Bedeco, Rafinha</t>
+    <t>Bedeco, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIA NOS APARELHOS DE GINÁSTICA INSTALADOS NA PRAÇA CENTRAL DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE MANILHAS E INSTALAÇÃO DE BOCA DE LOBO NA ESQUINA DA RUA TIRADENTES COM MARIANA NA LOCALIDADE DE VILA MARQUEZITA.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>7</t>
   </si>
@@ -192,51 +192,51 @@
   <si>
     <t>INDICA RECUPERAÇÃO DA ESTRADA QUE LIGA A VILA PAZZA À LINHA TIBOLA, PASSANDO PELAS PROPRIEDADES DAS FAMÍLIAS PAN, ANTÔNIO DE LARA, DARCI PINTO MARTINS E DEMAIS MORADORES DESTA LOCALIDADE.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Aldair, Jebson Bozio, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA ABERTURA DE RUA NA AVENIDA PARANÁ COM ARNALDO BUSATTO E COLOCAÇÃO DE ROTATÓRIA PARA MELHORAR O FLUXO DE TRÂNSITO NO LOCAL.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Aldair, Rafinha</t>
+    <t>Aldair, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COBERTURA COM INSTALAÇÃO DE BANCOS JUNTO AO POSTO/UNIDADE DE SAÚDE DO JARDIM TROPICAL.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA GETÚLIO VARGAS, EM FRENTE A CASA DA PROFESSORA SÔNIA BOLDORI E DO SR. ANTÔNIO CARLOS MARTINS.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>13</t>
   </si>
@@ -450,90 +450,90 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CASCALHAMENTO NO PÁTIO DA ESTREBARIA NA PROPRIEDADE DO SR. OSNILDO PISKI, NA VILA ESMERALDA</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE LAMA ASFÁLTICA NA RUA JOSUÉ DE CASTRO E DEMAIS MELHORIAS QUE SE FAZEM NECESSÁRIAS NESTA IMPORTANTE VIA PÚBLICA DE NOSSA CIDADE, LOCALIZADA NO JARDIM TROPICAL.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REVITALIZAÇÃO DO CANTEIRO CENTRAL DA RUA PRINCIPAL DE VILA ESMERALDA COM REMOÇÃO DAS ÁRVORES E DEMAIS MELHORIAS QUE SE FAZEM NECESSÁRIAS; - INDICA CALÇAMENTO POLIÉDRICO EM TODA A EXTENSÃO DA RUA PARALELA À AVENIDA PRINCIPAL DE VILA ESMERALDA, APROXIMADAMENTE 1.100 METROS, LADO ESQUERDO, SENTIDO RAMILÂNDIA, INICIANDO NO ANTIGO BAR DO VALDIR ATÉ O SR. WERNER SHWARTZ, BEM COMO NAS TRAVESSAS DAS RUAS, COM COLOCAÇÃO DE TUBULAÇÃO, LARGURA CALÇAMENTO 5 METROS.; - INDICA CALÇAMENTO COM PEDRAS IRREGULARES EM TODAS AS RUAS ATRÁS DA CAPELA SÃO PAULO, NUMA EXTENSÃO DE APROXIMADAMENTE 600 METROS.; - INDICA INSTALAÇÃO DE COBERTURA COM BANCOS NA UNIDADE DE SAÚDE DESTA COMUNIDADE.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDOS PARA A REGULARIZAÇÃO DOS PROBLEMAS DE ABASTECIMENTO DE ÁGUA NA LINHA PISKE, COMUNIDADE DA VILA ESMERALDA, POIS A ÁGUA SÓ CHEGA LÁ QUANDO A BOMBA FUNCIONA, POIS A MESMA ESTÁ INSTALADA NA PARTE BAIXA, O QUE TÊM GERADO PROBLEMAS FREQUENTES PARA OS MORADORES DA LINHA</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE SINALIZAÇÃO NAS RUAS DO LOTEAMENTO BOTESINI. (PLACAS NOMINATIVAS DE RUAS, PREFERENCIAIS, ETC.)</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>Jebson Bozio, Rafinha, Toninho</t>
+    <t>Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SINALIZAÇÃO DE EMBARQUE E DESEMBARQUE NA RUA EM FRENTE A CRECHE &amp;#8220;ALINE HARDT&amp;#8221;, ESTACIONAMENTO E DIVISÓRIA NA AVENIDA PARANÁ, PRÓXIMO AO ANTIGO &amp;#8220;POSTINHO&amp;#8221;, E DEMARCAÇÃO DE FAIXA DE PEDESTRES NA RUA MATO GROSSO, PRÓXIMO À ACADEMIA AO AR LIVRE.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE SINALIZAÇÃO DE PARADA DE TRÂNSITO EXCLUSIVO DO TRANSPORTE ESCOLAR, EM FRENTE AO COLÉGIO DOM PEDRO II, EM RAZÃO DA FALTA DE RESPEITO DE PAIS DE ALUNOS QUE ESTACIONAM OS CARROS E IMPEDEM OS ÔNIBUS ESCOLARES A ESTACIONAR E DEIXAR OS ALUNOS NA ESCOLA.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>36</t>
   </si>
@@ -696,51 +696,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE SEJA EXTENDIDO A LICENÇA MATERNIDADE DE 04(QUATRO) PARA 06(SEIS) MESES ÀS AGENTES DE ENDEMIAS E AGENTES COMUNITÁRIAS DE SAÚDE, CONTRATADAS PELO REGIME CLT, JUNTO AO PODER PÚBLICO MUNICIPAL DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ. </t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PONTO DE ÔNIBUS EM FRENTE A MERCEARIA OLIVEIRA NA VILA PAZZA, PARA ATENDIMENTO DE UM GRANDE NÚMERO DE PESSOAS QUE EMBARCAM E DESEMBARCAM DIARIAMENTE NESTE LOCAL.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>Gabriel Cadini, Rafinha</t>
+    <t>Gabriel Cadini, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>- INDICA COLOCAÇÃO DE VENTILADORES NAS ÁREAS DE ESPERA E ATENDIMENTO DE TODAS AS UNIDADES DE SAÚDE DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE QUEBRA MOLAS/REDUTOR DE VELOCIDADE, EM FRENTE A CRECHE CRIANÇA FELIZ, NA RUA ARNALDO BUSATTO, ESTENDENDO-SE ESTE BENEFÍCIO ÀS DEMAIS CRECHES QUE AINDA NÃO POSSUEM E EM FRENTEA PRAÇA DA CULTURA(ANTIGA DNER), AVENIDA DUQUE DE CAXIAS, NA ALTURA/DIREÇÃO DOS APARELHOS DE GINÁSTICA.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>52</t>
   </si>
@@ -2223,51 +2223,51 @@
   <si>
     <t>172</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO E DEMAIS MELHORIAS QUE SE FAZEM NECESSÁRIAS NA ESTRADA PRINCIPAL QUE LIGA O ALTO BARREIRÃOATÉ O INÍCIO DO CALÇAMENTO DO RIO SABIÁ, BEM COMO COLOCAÇÃO DE MANILHAS NAS PROXIMIDADES DAS PROPRIEDADES DOS SRS. VANGEL E ALFEU, SENDO TAMBÉM NECESSÁRIO COLOCAÇÃO DE CASCALHO NESTES PONTOS REFERIDOS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO EM TODA ILUMINAÇÃO PÚBLICA DA VILA MARQUEZITA</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Kika, Lako, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Kika, Lako, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REMODELAÇÃO DO ACESSO AO PALCO COM ACESSIBILIDADE PARA PESSOAS COM &amp;#8220;NECESSIDADES ESPECIAIS&amp;#8221; E MELHORAMENTO NO SISTEMA DE CLIMATIZAÇÃO NA SALA MULTIUSO DA ESCOLA DOM BOSCO.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>Adilto Caon, Aldair, Carlos Caon, Jebson Bozio, Lako, Nei Gasparin, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL JUNTO A SECRETARIA COMPETENTE O FECHAMENTO DO SAGUÃO DO COLÉGIO PROFESSOR EBEHARDO, EM AGROCAFEEIRA, EM RAZÃO DAS CHUVAS E DO VENTO FRIO QUE ATINGEM AS CRIANÇAS.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
   </si>
@@ -2418,51 +2418,51 @@
   <si>
     <t>440</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONTRATAÇÃO DE ZELADORES DO SEXO MASCULINO PARA AS ESCOLAS MUNICIPAIS DA SEDE E INTERIOR DE NOSSO MUNICÍPIO PARA EXECUÇÃO DE SERVIÇOS EXTERNOS NAS ESCOLAS</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PLACA DE SINALIZAÇÃO &amp;#8220;PARE&amp;#8221;, NA RUA LINO DAL POZZO COM SOUZA NAVES E COLOCAÇÃO DE LAMA ASFÁLTICA NUM PEQUENO TRECHO NA RUA FERDINANDO MAZZAROLLO COM SOUZA NAVES NO BAIRRO VILA NOVA.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>Kika, Rafinha</t>
+    <t>Kika, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE ACADEMIA E PARQUINHOS EM TODAS AS COMUNIDADES DO INTERIOR DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CASCALHAMENTO NA ESTRADA DE ACESSO E AO REDOR DA RESIDÊNCIA DO SR. ROBERTO PELLEGRINI, NA COMUNIDADE DE SANTA LÚCIA.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PADRONIZAÇÃO DOS QUEBRA MOLAS INSTALADOS E OS QUE SERÃO INSTALADOS EM NOSSA CIDADE, VISANDO UM MODELO ADEQUADO, DENTRO DOS PADRÕES E NORMAS QUE SEJAM TRANSITÁVEIS SEM CONSEQUÊNCIAS AOS VEÍCULOS E UTILITÁRIOS, CONFORME A LEI MUNICIPAL Nº 956/95.</t>
   </si>
@@ -2520,51 +2520,51 @@
   <si>
     <t>INDICA DESTINAÇÃO D EQUIPAMENTOS AGRÍCOLAS PARA A ASSOCIAÇÃO DE MORADORES/PRODUTORES DA LINHA ALEGRE/LINHA ORO VISANDO FACILITAR AS ATIVIDADES AGRÍCOLAS DESTA ENTIDADE.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA MELHORIAS NO CEMITÉRIO CENTRAL DE NOSSA CIDADE, CONFORME ABAIXO ESPECIFICADO. </t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO E ALARGAMENTO DA PONTE DO OURO VERDE, NAS PROXIMIDADES DA FAMILIA ANDERSON, POIS A MESMA ESTÁ MUITO ESTREITA E OS VEÍCULOS DE GRANDE PORTE E MAQUINÁRIOS ENCONTRAM DIFICULDADES PARA A TRAVESSIA CORRENDO RISCOS DE ACIDENTES</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>Aldair, Gabriel Cadini, Kika, Rafinha</t>
+    <t>Aldair, Gabriel Cadini, Kika, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; INDICA SUBSTITUIÇÃO DA CADEIRA DO DENTISTA NA UNIDADE DE SAÚDE DA VILA PASA, DEVIDO AOS PROBLEMAS APRESENTADOS PELA MESMA, FAZENDO COM QUE A FILA DE ATENDIMENTO FIQUE CADA VEZ MAIOR.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CALÇADA PARA PEDESTRES NA RUA SÃO JOSÉ DA VILA SAPO</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LAMA ASFÁITICA NA AVENIDA PRINCIPAL DO PARQUE INDUSTRIAL DE NOSSO MUNICÍPIO</t>
   </si>
@@ -2703,102 +2703,102 @@
   <si>
     <t>REVER ESTACIONAMENTO NO TRECHO ENTRE A EMPRESA MEGA MALHAS E A EMPRESA POCA PEÇAS, CUJO LOCAL É  A ENTRADA E SAÍDA DE NOSSA CIDADE PARA A BR 277, SENDO ESTE LOCAL INADQUADO PARA ESTACIONAMENTO, NO LADO DIREITO, SENTIDO CASCAVEL, AO LADO DA MARMORARIA &amp;#8211; LOCAL ESTREITO E MUITO MOVIMENTADO, CAUSANDO PROBLEMAS DE TRÁFEGO NO LOCAL. REALIZAR TAPA BURACOS EM FRENTE À CENTRAL AUTO ELÉTRICA, NA AVENIDA BORGES DE MEDEIROS.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ABERTURA DE PASSAGEM PARA TRAVESSIA DE VEÍCULOS NA AVENIDA PARANÁ COM ARNALDO BUSATTO, CENTRO DE NOSSA CIDADE VISANDOP A MELHORIA NO FLUXO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REESTRUTURAÇÃO DA PONTE DO RIO DALAZÉM, CUJA ESTRUTURA DA MESMA ESTÁ DEFICITÁRIA, PRECISANDO DE MELHORIAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>Adilto Caon, Nei Gasparin, Pandolfo, Rafinha</t>
+    <t>Adilto Caon, Nei Gasparin, Pandolfo, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; INDICA AQUISIÇÃO DE PANTANEIRA DE GRANDE PORTE, PARA CONSTRUÇÃO DE AÇUDES, VISANDO INCENTIVO À PRODUÇÃO DE PEIXES, COM O OBJETIVO DE AGREGAR VALORES NAS PROPRIEDADES RURAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE CASCALHO BITADO OU RESTO DE ASFALTO E PASSAGEM DO ROLO NA AVENIDA TANCREDO NEVES, NA COMUNIDADE DE AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; INDICA INSTALAÇÃO DE ACADEMIA AO AR LIVRE E MELHORIAS NA QUADRA COBERTA DE ESPORTES DA VILA MARQUEZITA, TAIS COMO: REPAROS/MELHORIAS NO PISO, REPAROS NAS GOTEIRAS, REPAROS NO TELHADO/COBERTURA, PINTURA, E CONSTRUÇÃO DE PAREDES.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>Pandolfo</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO EXECUTIVO MUNICIPAL A TROCA DE VIDROS QUEBRADOS E PINTURA DO CENTRO COMUNITÁRIO DA VILA NOVA, PRÓXIMO AO CEMITÉRIO MUNICIPAL. </t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; INDICA CONSTRUÇÃO DE PRAÇA COM ACADEMIA, PARA ATIVIDADES FÍSICAS JUNTO A ESTA PRAÇA, NO CONJUNTO HABITACIONAL SUB 50, LOCALIZADO AO LADO DO CAMPO DO AYMORÉ, NA VILA NOVA.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Pandolfo, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Pandolfo, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CONFORME SOLICITADO EM SESSÃO ITINERANTE REALIZADA NA LINHA COZER AS SEGUINTES MELHORIAS PARA AS COMUNIDADES: - REALIZAR MELHORIAS NA COBERTURA DO PAVILHÃO DA LINHA COZER E INTENSIFICAR A FISCALIZAÇÃO DOS LIXOS JOGADOS INCORRETAMENTE. COLOCAR MANILHAS NA ENTRADA DA PROPRIEDADE E CASCALHAMENTO PRÓXIMO A ESTREBARIA DA PROPRIEDADE DO SR. ABÍLIO. - NA COMUNIDADE DO RIO DALAZÉN, REALIZAR MELHORIAS NA PONTE DE MATERIAL SOBRE O RIO  E CALÇAMENTO QUE LIGA LINHA COZER. CASCALHAMENTO NA ENTRADA DA ESTREBARIA DA PROPRIEDADE DO SEU PEDRO E CASCALHAR ENTRADA DA PROPRIEDADE DO SEU JUCA.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA BURACO NA RUA ARNALDO BUSATTO, ENTRE AS AVENIDAS PARANÁ E BORGES DE MEDEIROS.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE PARQUINHOS INFANTIS NAS CRECHES DO MUNICÍPIO, PRINCIPALMENTE NA CRECHE SITUADA NA AVENIDA BORGES DE MEDEIROS(PRÓXIMO AOS CORREIOS).</t>
   </si>
@@ -3009,84 +3009,84 @@
   <si>
     <t>INDICA ABERTURA DE ESTRADA E CASCALHAMENTO NA PROPRIEDADE DO SR. ANCELMO CAMPOS, NA COMUNIDADE DA VILA ESMERALDA</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDOS COM A PARTICIPAÇÃO DA COMUNIDADE PARA REATIVAÇÃO DO CAMPO DE FUTEBOL SETE DA COMUNIDADE VILA ESMERALDA, BEM COMO OUTRAS MELHORIAS QUE SE FAZEM NECESSÁRIAS PARA QUE O MESMO POSSA SER REUTILIZADO PELA COMUNIDADE.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDOS PARA INSTALAÇÃO DE UM PARQUINHO INFANTIL JUNTO A PRAÇA DA COMUNIDADE DA VILA ESMERALDA.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE LOCAL PRÓPRIO PARA O CEAP, JUNTO A PRAÇA DA PREFEITRUA, NAS PROXIMIDADES DA SECRETARIA DE EDUCAÇÃO E CULTURA PARA FACILITAR OS TRABALHOS DESTA ENTIDADE.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>Bedeco, Pandolfo, Rafinha</t>
+    <t>Bedeco, Pandolfo, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA COLOCAÇÃO DE LAMA ASFÁLTICA NAS RUAS: PARÁ, GENTIL PICOLI, SANTA CATARINA E GOIÁS E REABERTURA DA RUA BEIJA FLOR, TODAS LOCALIZADAS NO BAIRRO VILA PAZZA.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AQUISIÇÃO DE EQUIPAMENTOS PARA A SECRETARIA DE OBRAS, MAIS PRECISAMENTE PARA O SETOR COMANDADO PELO SR. GILMAR GREGÓRIO(TARUGO), TAIS COMO: MARTELO DEMOLIDOR 30MM, REF. HM 137C-220V. BETONEIRA 150LTS, GERADOR A GÁS. GGV3100PED, COMPACTADOR DE PERCURSÃO RAN 75(SAPO), COMPACTADOR MANUAL E OUTROS.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>Pandolfo, Rafinha</t>
+    <t>Pandolfo, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE A AVENIDA J.K. DE OLIVEIRA, PARTINDO DO POSTO IPIRANGA (POSTO DO KIKO) ATÉ A RUA RIO DE JANEIRO, ONDE ESTÁ SITUADA A TRINCHEIRA, SEJA CONSIDERADA MÃO DUPLA PARA O TRÂNSITO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO INDICANDO PREFERENCIAL, COM LIMITE DE VELOCIDADE E NOME DAS RUAS, NO LOTEAMENTO BOTESINI.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RETIRADA DA PRAÇA DA RODOVIÁRIA E INSTALAÇÃO DE ESTACIONAMENTO PARA VEÍCULOS NO LOCAL.</t>
   </si>
@@ -3435,51 +3435,51 @@
   <si>
     <t>630</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE A SECRETARIA COMPETENTE FAÇA ABERTURA DE BEBEDOURO E TERRAPLAGEM PARA CHIQUEIRO NA PROPRIEDADE DO SR. LUIZ E DA DONA CLEUSA E BEBEDOURA NA PROPRIEDADE DO SR. CARRÉ, NO BANCO DA TERRA. SOLICITA CONSERTO DE BUEIRO NA ESTRADA PERTO DO SR. EDEMIR E TAMBEM PATROLAR AS ESTRADAS PRINCIPAIS DO BANCO DA TERRA.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DE MINA D&amp;#8217;ÁGUA NA PROPRIEDADE DA SRA. JÚLIA E TÉRCIO DUARTE, ASSENTAMENTO PE. JOSIMO, NA LOCALIDADE DA PICADA BENJAMIN.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>Bedeco, Carlos Caon, Rafinha</t>
+    <t>Bedeco, Carlos Caon, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE CALÇADA PARA PEDESTRES, NA SAÍDA DE PASSARELA QUE FAZ A TRAVESSIA DA BR 277, ATÉ A ANTIGA HERBIOESTE, SAÍDA PARA SANTA LÚCIA, COM SINALIZAÇÃO PARA PEDESTRES, NA ENTRADA DA RODOVIA.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA READEQUAÇÃO DA ESTRADA DO ALTO DOURADO, PASSANDO PELA FAMÍLIA BERTIN E OUTROS... ATÉ A ESTRADA PRINCIPAL.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>296</t>
   </si>
@@ -3549,51 +3549,51 @@
   <si>
     <t>- INDICA APROVEITAMENTO DOS BANCOS QUE SERÃO RETIRADOS DO LOCAL ONDE SERÁ INSTALADA A CANCHA SINTÉTICA DE ESPORTES NA LOCALIDADE DE AGRO CAFEEIRA, VISTO QUE OS MESMOS FORAM DOADOS POR MEMBROS DA COMUNIDADE, TENDO, PORTANDO VALOR HISTÓRICO E PODERÃO SER UTILIZADOS EM OUTROS LOCAIS A SEREM DEFINIDOS PELA COMUNIDADE.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECAPE ASFÁLTICO NA ESTRADA &amp;#8220;CAMINHOS DO SABER&amp;#8221; LIGANDO A IGREJA DA COMUNIDADE DO RIO XAXIM ATÉ A COMUNIDADE DO SÃO ROQUE, CUJA ESTRADA ESTÁ EM PÉSSIMO ESTADO DE CONSERVAÇÃO, SENDO O RECAPE PROMETIDO PELA ADMINISTRAÇÃO E ATÉ O MOMENTO NADA FOI FEITO, GERANDO ANSIEDADE POR PARTE DOS MORAODRES</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE LIXEIRAS ELEVADAS NA RUA SANTA CATARINA, VILA ESMERALDA A PEDIDO DA SRA. LEODI.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Rafinha</t>
+    <t>Bedeco, Gabriel Cadini, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8211; INDICA RECUPERAÇÃO DA ÚLTIMA RUA (CONTINUAÇÃO DA RUA DAS AMÉRICAS), NO CONJUNTO HABITACIONAL SUB 50, VILA NOVA, QUE FOI DANIFICADA PELAS FORTES CHUVAS E ESTÁ PREOCUPANDO OS MORADORES. </t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; INDICA COLOCAÇÃO DE CAMADA ASFÁLTICA NA AVENIDA FARRAPOS, AVENIDA ESTA QUE LIGA O BAIRRO SÃO CRISTÓVÃO À BR 277 AO LADO DA ANTIGA COSTELA, QUE COM A DUPLICAÇÃO DA RODOVIA, ESTA TORNOU-SE A RUA DE ACESSO A RODOVIA DAS CATARATAS.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE NA ESTRADA DA LINHA COZER, SENDO UM ANTES DA ENTRADA DA PROPRIEDADE DO SR. DANIEL DE ANDRADE E OUTRO ANTES DA ENTRADA DA PROPRIEDADE DA FAMÍLIA PECATTI.</t>
   </si>
@@ -3639,51 +3639,51 @@
   <si>
     <t>INDICA CONTATO COM AS INSTITUIÇÕES FINANCEIRAS DE NOSSO MUNICÍPIO, VISANDO A INSTALAÇÃO DE &amp;#8220;POSTO BANCÁRIO&amp;#8221; EM AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ESTUDOS PARA VIABILIZAÇÃO DE LOCAL PRÓPRIO PARA ESTACIONAMENTO DO CAMINHÃO, EM FRENTE AOS CORREIOS DE NOSSA CIDADE, VISANDO FACILITAR A CARGA E DESCARGA, COM A POSSIBILIDADE DE READEQUAÇÃO DO CANTEIRO CENTRAL DESTA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DA PONTE DA COMUNIDADE OURO VERDE, QUE LIGA AO ALTO BARREIRÃO NAS PROXIMIDADES DA FAMÍLIA PARIZOTTO.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>Adilto Caon, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Adilto Caon, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO, ILUMINAÇÃO E DEMAIS MELHORIAS QUE SE FAZEM NECESSÁRIAS NO CAMPO DE FUTEBOL SUIÇO DA COMUNIDADE DA VILA ESMERALDA PARA QUE O MESMO POSSA TER CONDIÇÕES DE USO POR PARTE DOS MORADORES.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LIMPEZA NAS CALÇADAS E RUAS DIVERSAS DE NOSSA CIDADE E ONDE NÃO FOR DE RESPONSABILIDADE DO MUNICÍPIO, QUE SEJA COMUNICADO OS PROPRIETÁRIOS PARA QUE FAÇAM A REFERIDA LIMPEZA.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>317</t>
   </si>
@@ -3714,51 +3714,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A READEQUAÇÃO DA ESTRADA DA LINHA OURO VERDE QUE PASSA PELA PROPRIEDADE DA SRA. NIRA VIANA E SR. DEVAIR. INDICA-SE NESTE LOCAL, A INSTALAÇÃO DE PONTO DE ÔNIBUS, PRINCIPALMENTE, POR HAVER CRIANÇAS ESPERANDO O TRANSPORTE.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MANILHAMENTO NA ESTRADA PARQUE, QUE LIGA MATELÂNDIA À PICADA BENJAMIN, NAS PROXIMIDADES DA PROPRIEDADE DO SR. EDSON MELLO, PARA RETIRADA DA ÁGUA DO CALÇAMENTO.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>Aldair, Jebson Bozio, Kika, Rafinha, Toninho</t>
+    <t>Aldair, Jebson Bozio, Kika, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS DIVERSAS NAS UNIDADES DE SAÚDE DE NOSSO MUNICÍPIO, LEVANTADAS EM VISITAS REALIZADAS PELOS VEREADORES, MELHORIAS ESTAS QUE SE FAZEM NECESSÁRIAS E URGENTES, VISANDO O BOM ANDAMENTO DOS TRABALHOS, DO BEM ESTAR DOS SERVIDORES, DA POPULAÇÃO, BUSCANDO SEMPRE A MELHOR QUALIDADE NA SÁUDE PÚBLICA.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE MANILHAS PARA ESCOAMENTO DAS ÁGUAS PLUVIAIS DAS CASAS SUB-50, NA VILA NOVA, EM RAZÃO DAS CHUVAS QUE CAUSAM TRANSTORNO AOS MORADORES EM SUAS CASAS E RUAS.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>323</t>
   </si>
@@ -3801,51 +3801,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE DUAS LOMBADAS NA COMUNIDADE DO RIOMAR III, SENDO A PRIMEIRA NA RUA MATO GROSSO, PROXIMIDADES DA CASA DO SR. SIDNEI A. DE OLIVEIRA, E A SEGUNDA NA RUA MAX ZWIEREWICZ.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CRIAÇÃO DE &amp;#8220;PROGRAMA PARA CRIAÇÃO, MANEJO, COMÉRCIO, TRANSPORTE DE ABELHAS&amp;#8221;, NO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS NA ILUMINAÇÃO PÚBLICA DO CANTEIRO CENTRAL DA RUA PRINCIPAL DA VILA ESMERALDA. INDICA O CORTE DE GRAMA DESTA RUA PARA RECEBER AS FESTIVIDADES DO FINAL DO ANO.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO CONTRA AS REFORMAS PREVIDENCIÁRIAS.</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE APLAUSO AO TIME DE FUTSAL DA ESCOLA EUCLIDES DA CUNHA</t>
   </si>
@@ -5892,51 +5892,51 @@
   <si>
     <t>682</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUASE PROVIDÊNCIAS ESTÃO SENDO TOMADAS EM RELAÇÃO ÀS MELHORIAS QUE SE FAZEM NECESSÁRIAS NO CAMPO DE FUTEBOL LOCALIZADO NA VILA PAZZA, BEM COMO NO GINÁSIO DE ESPORTES DO BAIRRO SÃO CRISTÓVÃO? EXISTE PREVISÃO DE INÍCIO E TÉRMINO DESTAS MELHORIAS NESTES LOCAIS, QUE JÁ FORAM ALVO DE DIVERSAS INDICAÇÕES COMO MELHORIAS NOS BANHEIROS, ACESSO COM ACESSIBILIDADE, RECUPERAÇÃO DE TELA, ARQUIBANCADA, DRENAGEM, E OUTRAS PARA A DISPUTA DO CAMPEONATO MUNICIPAL?</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>Adilto Caon, Carlos Caon, Jebson Bozio, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES &amp;#8211; POR QUE NÃO FOI FEITO ESTUDOS PARA TRANSFERÊNCIA DO HORTO MUNICIPAL PARA AJUNTO AO PROFAN, ONDE EXISTE ESPAÇO APROPRIADO COM APROXIMADAMENTE 10.000M² PARA ESTA FINALIDADE COM ÁGUA E ESTRUTURA?</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Jebson Bozio, Rafinha</t>
+    <t>Adilto Caon, Aldair, Jebson Bozio, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">- QUAIS OS MOTIVOS DAS CONSTANTES QUEDAS DE ENERGIA OCORRIDA NO MUNICÍPIO E INTERIORES, QUE CAUSAM TRANSTORNO EM TODA A POPULAÇÃO, INCLUSIVE EM DIAS QUE NÃO HÁ VENTOS E CHUVA QUE ATRAPALHAM O FORNECIMENTO? _x000D_
 - A COPEL SE RESPONSABILIZARÁ POR TODOS ESTES PREJUÍZOS GERADOS?_x000D_
 - QUAL O PRAZO NECESSÁRIO PARA ESTABILIZAR A REDE DE FORNECIMENTO DE ENERGIA E O RESSARCIMENTO DE TODOS OS DANOS CAUSADOS?_x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -6265,51 +6265,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H571"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="104.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="118.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="96.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>