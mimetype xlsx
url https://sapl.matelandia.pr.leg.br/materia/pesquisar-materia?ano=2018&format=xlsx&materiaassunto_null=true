--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Pandolfo, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Pandolfo, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SOLUÇÃO/CANALIZAÇÃO DEFINITIVA PARA OS PROBLEMAS DAS ÁGUAS DAS CHUVAS QUE DESAGUAM NO JARDIM TROPICAL, ORIUNDAS DA BR 277 (RODODIVA DAS CATARATAS), PASSANDO PELA FAMÍLIA MENONCIM.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Pandolfo</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SOLUÇÃO DOS PROBLEMAS DAS ÁGUAS DAS CHUVAS NA AVENIDA PARANÁ, QUE ESTÃO DESAGUANDO NA PROPRIEDADE DO SR. PAULINO GRASSI, AO LADO DO ESPETINHO.</t>
   </si>
   <si>
     <t>747</t>
   </si>
@@ -108,109 +108,109 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DA ESTRADA QUE LIGA MATELÂNDIA A MARQUEZITA, ONDE A CAMADA ASFÁLTICA ESTÁ SE DETERIORANDO, CAUSANDO GRANDES DANOS AOS VEÍCULOS QUE USAM DESTA ESTRADA PARA ESCOAMENTO DA PRODUÇÃO E LOCOMOÇÃO.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CAMADA ASFÁLTICA NA ESTRADA QUE LIGA À COMUNIDADE DA VILA BRASIL ATÉ A RODOVIA CONFORME PROMESSA DE CAMPANHA DO SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Rafinha</t>
+    <t>Bedeco, Gabriel Cadini, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NA TRINCHEIRA DA BR 277(RODOVIA DAS CATARATAS), NAS PROXIMIDADES DO ANTIGO POSTINHO, VISANDO MAIOR SEGURANÇA DOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>Bedeco, Rafinha</t>
+    <t>Bedeco, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LAMA ASFÁLTICA NAS RUAS: PE ANCHIETA, PRIMO COSTENARO, LEONTINA CAMPITELLI, BRUNO MAROCCO E RUA DO CANTO LOCALIZADAS NO JARDIM MUNICIPAL E TAMBÉM QUE ESTA MELHORIA SEJA ESTENDIDA ÀS DEMAIS RUAS E AVENIDAS DA GRANDE VILA PASA.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA ABERTURA DO CRUZAMENTO DA RUA BENTO GONÇALVES COM AVENIDA PARANÁ, NAS PROXIMIDADES DO MERCADO ZANON, VILA NOVA, VISANDO FACILITAR O TRÁFEGO DOS VEÍCULOS._x000D_
  </t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Kika, Rafinha</t>
+    <t>Kika, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA DIVERSAS MELHORIAS NO BAIRRO SÃO CRISTÓVÃO, TAIS COMO: - NA RUA BRASIL; - NA RUA COPACABANA ATÉ O ROQUE DALL POZZO; - INSTALAÇÃO DE ACADEMIA DA TERCEIRA IDADE JUNTO A PRAÇA DO GINÁSIO DE ESPORTE DO SÃO CRISTÓVÃO; - REFORMA COM URGÊNCIA NA ESCOLA VOVÔ CASSIANO; - MELHORIA NO POSTO DE SAÚDE DA VILA PAZZA COM MURO E PLANTIO DE ÁRVORE; - ASFALTO EM TODA EXTENSÃO DA RUA NEREU RAMOS.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Gabriel Cadini, Kika, Rafinha</t>
+    <t>Gabriel Cadini, Kika, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA REFORMA COM URGÊNCIA DA ANTIGA ESCOLA DE AGROCAFEEIRA PARA O FUNCIONAMENTO DO CLUBE DO VOVÔ.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Jebson Bozio, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA LOCAL APROPRIADO PARA MANOBRAR O ÔNIBUS DO TRANSPORTE ESCOLAR JUNTO A VILA RURAL SANTA MARIA DA VILA ESMERALDA, ONDE OS MOTORISTAS ESTÃO ENCONTRANDO DIFICULDADES PARA FAZER O RETORNO QUANDO DO TRANSPORTE DOS ALUNOS.</t>
   </si>
   <si>
     <t>755</t>
   </si>
@@ -334,51 +334,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>-  INDICA ALARGAMENTO DA RUA, MÃO DUPLA, CANALIZAÇÃO DA ÁGUA, SINALIZAÇÃO DE TRÂNSITO, COLOCAÇÃO DE PLACAS INDICATIVAS, PINTURAS DE FAIXAS E DEMAIS MELHORIAS QUE SE FAZEM NECESSÁRIAS NA RUA AURÉLIO BATISTA DAL PZZO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; INDICA READEQUAÇÃO, CANALIZAÇÃO DAS ÁGUAS DAS CHUVAS E DEMAIS MELHORIAS QUE SE FAZEM NECESSÁRIAS NAS RUAS ARNOLDO HASS, NAPOLEÃO LAUREANO E ALFREDO CHAVES, LOCALIZADAS NO LOTEMANTO RENÊ PINTO.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>Bedeco, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Bedeco, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DE ESTRADA DO RIO URÚ, QUE LIGA ÀS PROPRIEDADES DOS SR. JOSÉ SAVARIS, ANTÔNIO VICENZI, FAMÍLIA POLTRONIERI, PASTORI E DEMAIS MORADORES DESTA LOCALIDADE.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA RECUPERAÇÃO DA ESTRADA DA LINHA TIBOLA, QUE LIGA ÀS PROPRIEDADES DAS FAMÍLIAS GOERGEN, MENEGUZZI, PAN E OUTRAS.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>24</t>
   </si>
@@ -415,51 +415,51 @@
   <si>
     <t>INDICA RECUPERAÇÃO DAS RUAS PARA ESCOAMENTO DAS ÁGUAS DAS CHUVAS NO CONJUNTO HABITACIONAL SUB 50 &amp;#8211; VILA NOVA E LIMPEZA DOS LOCAIS QUE FORAM DEIXADOS PARA CONSTRUÇÃO DE PRAÇA E HORTA COMUNITÁRIA.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Nei Gasparin</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MUNICIPALIZAÇÃO DA CANCHA DE BOCHA LOCALIZADA NO PAVILHÃO COMUNITÁRIO DA LOCALIDADE DE AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Rafinha</t>
+    <t>Aldair, Bedeco, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA CASCALHAMENTO E PASSAGEM DO ROLO NA PROPRIEDADE DO SR. EBENÉSIO ANDRADE, LOCALIZADA NA RUA MAX ZWIEREWICZ, RIOMAR III, NA GRANDE VILA PAZA.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA REPAROS DIVERSOS NA ESTRADA CAMINHOS DO SABER QUE LIGA ESMERALDA AO SÃO ROQUE.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>30</t>
   </si>
@@ -613,51 +613,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL READEQUAÇÃO NA ESTRADA DO SÃO ROQUE PROXIMIDADES DA PROPRIEDADE SR. SEBASTIÃO RODRIGUES</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REALIZAÇÃO LIMPEZA NOS BUEIROS DA RUA ASSIS BRASIL PRÓXIMO DA TRINCHEIRA EM VIRTUDE DA INVASÃO DE ÁGUA NOS ESTABELECIMENTOS.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>Nei Gasparin, Rafinha</t>
+    <t>Nei Gasparin, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SINALIZAÇÃO DE TRÂNSITO NOS PONTOS DE ÔNIBUS PARA EVITAR QUE OS CARROS ESTACIONEM NO LOCAL. INDICA-SE A SINALIZAÇÃO DE TRÂNSITO DE PROIBIDO ESTACIONAR EM FRENTE AO HOSPITAL PADRE TEZZA, PARA A ENTRADA E SAÍDA DE AMBULÂNCIA E ABERTURA DO CANTEIRO CENTRAL COM SINALIZAÇÃO PARA FACILITAR A SAÍDA DA AMBULÂNCIA.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE COLOQUE LIXEIRAS PARA O LIXO ORGÂNICO E RECICLÁVEL, EM FRENTE AO POSTO DE SAÚDE DA VILA PAZA.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>45</t>
   </si>
@@ -853,102 +853,102 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8211; INDICA AO EXECUTIVO MUNICIPAL JUNTO À SECRETARIA COMPETENTE, FECHAMENTO DE VALA ABERTA JUNTO AO AÇUDE DO SR. ONEIDE ROSSI, NA ESTRADA DA MARQUEZITA. </t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE CÂMERAS DE VIGILÂNCIA NO PARQUE DE EXPOSIÇÕES DAVID MENONCIN.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Kika, Rafinha</t>
+    <t>Bedeco, Gabriel Cadini, Kika, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CONTRATAÇÃO DE UMA COZINHEIRA PARA O PROFAN, CONSERTO DOS EXAUSTORES, E INSTALAÇÃO DE VENTILADORES NA COZINHA.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REALIZAÇÃO DE TAPA BURACOS NA ESTRADA DO CRUZEIRINHO, EM FRENTE À PROPRIEDADE DO SR. ADÃO PICHIBINSKI.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REPAROS NA ESTRADA PRINCIPAL DA VILA BRASIL QUE LIGA A PROPRIDADE DO SR. ELÓI FRANÇOIS ATÉ A PROPRIEDADE DO SR ENGELMAN. INDICA CASCALHAMENTO EM FRENTE AO AVIÁRIO DO SR. JOÃO ENGELMAN.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL CASCALHAR A ESTRADA DE ACESSO A LINHA RUSTIK, DESDE A IGREJA DOS ALEMÃES ATÉ A LINHA RUSTIK.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>Gabriel Cadini, Rafinha</t>
+    <t>Gabriel Cadini, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ESTUDOS PARA SOLUCIONAR O PROBLEMA DA FALTA DE TRANSPORTE DAS PESSOAS DO INTERIOR DE NOSSO MUNICÍPIO, COMO POR EXEMPLO OS IDOSOS, PESSOAS QUE NECESSITAM DE ATENDIMENTOS DE SAÚDE E DENTRE OUTROS.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE LIXEIRAS GRANDES COM TAMPA E CADEADOS, EM TODOS OS POSTOS DE SAÚDE.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>68</t>
   </si>
@@ -1042,51 +1042,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DAS CALÇADAS DA RUA RIO DE JANEIRO PARA MELHORAMENTO DO TRÂNSITO DE PEDESTRES E MELHORAMENTO DO ESCOAMENTO DAS ÁGUAS DA CHUVA. </t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ESTUDOS PARA QUE A AVENIDA JK SEJA TRASFORMADA EM MÃO DUPLA SOMENTE PARA CARROS DE PASSEIO, A PARTIR DO POSTO IPIRANGA ATÉ O POSTO SHELL, COM PROIBIÇÃO DE PASSAGEM DE CAMINHÕES COM EXCESSÃO PARA A CARGA E DESCARGA NAS LOJAS.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Gabriel Cadini, Rafinha, Toninho</t>
+    <t>Aldair, Bedeco, Gabriel Cadini, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL O CONSERTO DAS PONTES DO RIO DALAZÉM E DA LINHA TIBOLA. INDICA MELHORIAS NO CALÇAMENTO A PARTIR DA COMUNIDADE DA LINHA COZER ATÉ A COMUNIDADE BENTO MUNHOZ.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA READEQUAÇÃO DA RUA/ESTRADA JOÃO SMIGURA, QUE PASSA ATRÁS DO GINÁSIO DE ESPORTES DE AGROCAFEEIRA E QUE LIGA A LINHA DUARTE.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>79</t>
   </si>
@@ -1639,51 +1639,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CONSERTO OU CONSTRUÇÃO DE NOVA PONTE, PRÓXIMO À PROPRIEDADE DA SR. LUCINEI ROSSI, NA MARQUEZINTA, CONFORME FOTOS EM ANEXO.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO RASPA ASFÁLTICA NO FINAL DA RUA ASSIS BRASIL, NO JARDIM TROPICAL, A PEDIDO DO SR. ADAIR AMORIN.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>Kika, Nei Gasparin, Pandolfo, Rafinha</t>
+    <t>Kika, Nei Gasparin, Pandolfo, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE LAMA ASFÁLTICA EM TODOS OS TRECHOS FALTANTES DA AVENIDA FARRAPOS, NO BAIRRO SÃO CRISTÓVÃO, BEM COMO SINALIZAÇÃO DAS ENTRADAS E SAÍDAS ATRAVÉS DESTA AVENIDA.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REVITALIZAÇÃO E REFORMA DA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL DOM BOSCO, APROVEITANDO O PERÍODO DE FÉRIAS ESCOLARES PARA NÃO ATRAPALHAR AS ATIVIDADES DOS ALUNOS.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>127</t>
   </si>
@@ -1879,51 +1879,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL FAÇA ESTUDOS PARA VIABILIZAR SUBVENÇÃO AO CONSEG.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CONSTRUÇÃO DE CASA MORTUÁRIA NO CEMITÉRIO MUNICIPAL DE AGROCAFEEIRA, BEM COMO COLOCAÇÃO DE CALÇAMENTO LIGANDO O CEMITÉRIO ATÉ A IGREJA LUTERANA.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>Bedeco, Nei Gasparin, Rafinha</t>
+    <t>Bedeco, Nei Gasparin, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CASCALHAMENTO NAS RUAS ARNALDO BUSATO, ELJOCIR R. PEGORARO E J.K. DE OLIVEIRA, EM AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA BARÃO DO RIO BRANCO, ENTRE A AVENIDA GARIBALDI E RUA ARGEMIRO LUIZ FONTANA.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>146</t>
   </si>
@@ -1966,51 +1966,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">- INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE LAMA ASFÁLTICA NO CALÇAMENTO DA ESTRADA QUE LIGA A COMUNIDADE DO BARREIRÃO COM A VILA NOVA. </t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ESTUDOS PARA ALARGAMENTO DA RUA ASSIS BRASIL COM ESTACIONAMENTO DIAGONAL, A PARTIR DO VIADUTO ATÉ A IGREJA ASSEMBLÉIA DE DEUS.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>Jebson Bozio, Pandolfo, Rafinha</t>
+    <t>Jebson Bozio, Pandolfo, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE OS EXAMES E AS CIRURGIAS MÉDICAS DAS PESSOAS CARENTES E IDOSAS, SEJAM SUBSIDIADOS/CUSTEADOS PELO PODER PÚBLICO MUNICIPAL QUANDO O SUS NÃO OFERECER OS REFERIDOS EXAMES E CIRURGIAS.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ILUMINAÇÃO NO POSTE DA RUA SÃO PAULO, AO LADO DO LAVACAR DO SECO, NA VILA ESMERALDA.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>153</t>
   </si>
@@ -2077,51 +2077,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM A SANEPAR E A SUA PRESTADORA DE SERVIÇO NO SENTIDO DE COBRAR MELHOR QUALIDADE DOS SERVIÇOS E REPAROS REALIZADOS EM NOSSA CIDADE, PRINCIPALMENTE NAS PROXIMIDADES DA APAE E DO NOVO GINÁSIO DE ESPORTES NA AVENIDA GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS NOS QUIOSQUES DO PARQUE DAVID MENONCIN BEM COMO NOS BANHEIROS, ALÉM DE ABERTURA PARA USO PARA O PÚBLICO.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Jebson Bozio, Pandolfo, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Jebson Bozio, Pandolfo, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE REVEJA A LICITAÇÃO DOS SERVIÇOS FUNERÁRIOS PARA PESSOAS CARENTES PARA QUE ALÉM DO DESCRITO NA CONTRATAÇÃO SEJA INCLUÍDO NO FUNERAL A COLOCAÇÃO DE FLORES NATURAIS OU ARTIFICIAIS E ROUPAS PARA UM ENTERRO MAIS DIGNO.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O TÉRMINO DO TRABALHO NO ENCANAMENTO ATRÁS DO GINÁSIO DE ESPORTES CENTRAL E O CLUBE DO VOVÔ, ENTERRAR O ENCANAMENTO QUE VÊM DA ESCOLA DOM BOSCO, COLOCAR FLOREIRA E PEDRA BRITA.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>162</t>
   </si>
@@ -2272,51 +2272,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1077/201810300705_0002.pdf</t>
   </si>
   <si>
     <t>– INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE TRAVES FIXAS PARA A QUADRA DE ESPORTES DA ESCOLA VOVÔ CASSIANO, BEM COMO A PINTURA DA FAIXA DE PEDESTRES E ESTACIONAMENTO EM FRENTE A ESTA ESCOLA.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1078/201810300705_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL JUNTO A SECRETARIA DE OBRAS QUE  COLOQUE RASPAS DE ASFALTO EM FRENTE AO CLUBE MATELÂNDIA SHOW</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>Aldair, Rafinha</t>
+    <t>Aldair, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1091/201811060514_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLUÇÃO DO PROBLEMA DO ESCOAMENTO DA ÁGUA DA CHUVA ORIUNDA DA BR 277, NO TRECHO DA SAÍDA DA VILA PASA E ENTRADA DA LINHA COZER.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1092/201811060514_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PRORROGAÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO – REFIS, POR MAIS 30(TRINTA) DIAS.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>178</t>
   </si>
@@ -2359,129 +2359,129 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1105/201811130521_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE PLACAS INDICATIVAS DE PONTOS TURÍSTICOS, BEM COMO A INSTALAÇÃO NAS PRAÇAS DE PLACAS COM MAPAS INDICANDO A LOCALIZAÇÃO PARA OS TURISTAS. INDICA-SE A CORREÇÃO DAS PLACAS INDICATIVAS DAS COMUNIDADES DO INTERIOR QUE ESTÃO MAL LOCALIZADAS OU COM ERRO DE APONTAMENTO.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1106/201811130521_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAR UM GUARDA NOTURNO NO LOCAL DA REFORMA DO CLUBE DO VOVÔ DE AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>Adilto Caon, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Adilto Caon, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1107/201811130521_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DEDETIZAÇÃO EM TODAS AS ESCOLAS E CMEIS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1108/201811130522.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICPAL A PREVISÃO DE AVANÇOS AOS SERVIDORES PÚBLICOS QUE DETENHAM TÍTULO DE PÓS-GRADUAÇÃO SCTRICTO SENSU – MESTRADO.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1116/201811201123.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COM URGÊNCIA A RESERVA DE UM VEÍCULO JUNTO A SECRETARA DE SAÚDE PARA O TRANSPORTE SANITÁRIO PARA LEVAR OS PACIENTES NAS CIDADES VIZINHAS COMO NO CISI, CLINICAS CONVENIADAS E DEMAIS ATENDIMENTOS</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Kika, Carlos Caon, Gabriel Cadini</t>
   </si>
   <si>
     <t>INDICA REFORMA GERAL, PRINCIPALMENTE NA CERCA, TELHADO, PISO E PINTURA DO PROFAN NA RUA PROF LERIDES PAGNOCELLI LIMA.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Jebson Bozio, Nei Gasparin, Pandolfo, Rafinha</t>
+    <t>Adilto Caon, Aldair, Bedeco, Jebson Bozio, Nei Gasparin, Pandolfo, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1118/201811221104.pdf</t>
   </si>
   <si>
     <t>INDICA QUE FAÇA UM ESTUDO URGENTE DE AQUISIÇÃO DE TERRENO PARA IMPLANTAÇÃO DE NOVA RODOVIÁRIA DE MATELÂNDIA</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Toninho, Bedeco, Jebson Bozio</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE BANCOS DE ESPERA PARA PASSAGEIROS NA RODOVIÁRIA EM FRENTE AS AGENCIAS</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>Toninho, Bedeco, Jebson Bozio, Rafinha</t>
+    <t>Toninho, Bedeco, Jebson Bozio, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DOS LOTES PERTENCENTES AO MUNICIPIO</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETOMADA DE PROVIDÊNCIAS PELO EXECUTIVO NO SENTIDO DE VIABILIZAR INTERNET DE QUALIDADE AS PESSOAS QUE RESIDEM NO INTERIOR EM ESPECIAL, RIO DALAZÉM E CAMPO BAHIA</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1133/201812040512_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICPAL QUE SUBSTITUA A PREMIAÇÃO DO CONCURSO DE ENFEITES DE NATAL POR UM ABATIMENTO DE VALORES NO IPTU PARA AS RESIDÊNCIAS VENCEDORAS E ABATIMENTO DO ALVARÁ PARA OS COMÉRCIOS VENCEDORES.</t>
   </si>
@@ -4276,51 +4276,51 @@
   <si>
     <t>- VALOR TOTAL EXISTENTE NESTA DATA NO FUNDO, QUAL O TOTAL DA RECEITA MENSAL DO FUNDO, QUAL A PARTE DO EMPREGADO E PARTE DO EMPREGADOR; QUAL O TOTAL DA FOLHA MENSAL DOS APOSENTADOS, PENSIONISTAS E OUTROS; SE A RECEITA ARRECADADA SOBRE A FOLHA ESTÁ SENDO DEPOSITADA MENSALMENTE NO FUNDO. SE EXISTE VALORES PENDENTES A DEPOSITAR. QUAIS AS INSTITUIÇÕES FINANCEIRAS QUE ADMINISTRAM O FUNDO E A PRAÇA(CIDADE); EM QUE FUNDOS(TIPOS DE APLICAÇÃO) ESTÃO SENDO APLICADOS OS RECURSOS; SE O VALOR ARRECADADO MENSALMENTE COBRE A FOLHA PAGA OS APOSENTADOS; SE EXISTE UMA DIRETORIA QUE ACOMPANHA E FISCALIZA O FUNDO PREVIDÊNCIÁRIO. E CASO POSITIVO QUEM SÃO OS MEMBROS, COMO SÃO DESIGNADOS E POR QUEM? OBEDECENDO AOS MEIOS LEGAIS, QUE SE FAÇA MENSALMENTE A PUBLICAÇÃO COM ACESSO A TODOS DA SITUAÇÃO DO FUNDO DE PREVIDÊNCIA.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>SITUAÇÃO EM QUE SE ENCONTRA A EXECUÇÃO DA OBRA DO POLI ESPORTIVO? PORCENTAGEM EXECUTADA DA ULTIMA MEDIÇÃO? PRAZO FINAL PARA ENTREGA DA OBRA PELA CONSTRUTORA?</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMO É O FUNCIONAMENTO DO PROGRAMA DE ESTÁGIO DO MUNICÍPIO? - QUAIS AS UNIVERSIDADES QUE POSSUEM CONVÊNIO COM A EMPRESA DE ESTÁGIO? - EXISTE UM REQUISITO PARA ESTE CONVÊNIO? - PODE-SE FAZER CONVÊNIO COM UNIVERSIDADES A DISTÂNCIA PARA A CONTRATAÇÃO DE ESTÁGIÁRIO?(EAD) - COMO É O PROCESSO DE CONTRATAÇÃO DE ESTAGIÁRIO?</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>Rafinha, Carlos Caon, Gabriel Cadini</t>
+    <t>Rafael Cabral Felisberto, Carlos Caon, Gabriel Cadini</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES- QUAIS OS MOTIVOS DA FALTA DE ENTREGA DA CORRESPONDÊNCIA POR PARTE DOS CORREIOS AOS MORADORES DO CONJUNTO HABITACIONAL DO CRUZEIRINHO?</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">- CONFORME DENÚNCIA ANÔNIMA RECEBIDA POR TODOS OS VEREADORES EM ANEXO, SOLICITAMOS OS ESCLARECIMENTOS A SEGUIR:_x000D_
 - COMO É FEITO O CONTROLE DE COMBUSTÍVEIS PARA AS FROTAS E MAQUINÁRIOS DO MUNICÍPIO?_x000D_
 - A DENÚNCIA DEMONSTRA UMA FRAGILIDADE NO CONTROLE E ABERTURA PARA IRREGULARIDADES. QUAIS AS MEDIDAS SERÃO TOMADAS PARA QUE TAL PROCEDIMENTO NÃO ACONTEÇA OU NÃO SE REPITA?_x000D_
 - COMO FICA A SITUAÇÃO DOS SUPOSTOS DENUNCIADOS? SERÃO ABERTOS INQUÉRITOS ADMINISTRATIVOS PARA APURAR O CASO?_x000D_
 </t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/847/847_texto_integral.pdf</t>
@@ -4349,94 +4349,94 @@
   <si>
     <t>872</t>
   </si>
   <si>
     <t>Kika, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>- CONSIDERANDO QUE O GOVERNO MUNICIPAL DEVE SER O PRINCIPAL INTERESSADO NA REGULARIDADE CADASTRAL DAS EMPRESAS E TAMBÉM NA REGULARIDADE DE SUA ATUAÇÃO, EM ESPECIAL ATIVIDADES COM POTENCIAL POLUIDOR.  CONSIDERANDO QUE A PESSOA JURÍDICA ALCIR CARLOS TURRI TEM PARECERES CONTRÁRIOS A SUA ATUAÇÃO CONFORME CONSTA EM ANEXO. PORQUE, MESMO COM PARECERES CONTRÁRIOS DE ÓRGÃOS DO PRÓPRIO PODER EXECUTIVO, E PESSOA JURÍDICA ALCIR CARLOS TURRI, CONSEGUIU ALVARÁ E PÔDE PARTICIPAR DE LICITAÇÃO (EM ANEXO)? QUAL A SITUAÇÃO CADASTRAL DA PESSOA JURÍDICA ALCIR CARLOS TURRI? QUEM É O RESPONSÁVEL PELA AVALIAÇÃO DOS PARECERES AMBIENTAIS,E DA VIGILÂNCIA SANITÁRIA E PELA CONCESSÃO DE ALVARÁ? OS PARECERES NEGATIVOS NÃO SÃO IMPEDITIVOS DE CONCESSÃO DE ALVARÁS OU AUTORIZAÇÃO DE FINANCIAMENTO?</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES: SOBRE AS INCUBADORES  INDUSTRIAIS: - COMO ESTÃO AS SITUAÇÕES DAS MICRO-EMPRESAS QUE FAZEM USO DO ESPAÇO DAS SALAS DAS INCUBADORAS?; - QUANTAS ESTÃO OCUPADAS E QUEM SÃO OS OCUPANTES?; - QUANTAS ESTÃO COM O PRAZO VENCIDO?; - QUAIS ESTÃO PAGANDO O ALUGUEL EM DIA?; -QUANTAS ESTÃO COM ATRASO COM RELAÇÃO AO ALUGUEL?; - QUANTAS JÁ ESTÃO COM O PRAZO ESGOTADO E QUE DEVEM DESOCUPAR O IMÓVEL?; - QUANTO É O VALOR RECOLHIDO PARA OS COFRES COM OS IMÓVEIS?</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>Bedeco, Kika, Rafinha</t>
+    <t>Bedeco, Kika, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO DEPARTAMENTO DE TRÂNSITO:_x000D_
 - HÁ PREVISÃO DE INSTALAÇÃO DE SEMÁFOROS OU REDUTORES DE VELOCIDADE NAS RUAS E AVENIDAS DA CIDADE, PRINCIPALMENTE NO CRUZAMENTO DA EUA ASSIS BRASIL COM A BORGES DE MEDEIROS?_x000D_
 - SOBRE O REDUTOR DE VELOCIDADE ELEVADA COM INSTALAÇÃO EM 60 DIAS CONFORME RESPOSTA AO REQUERIMENTO Nº15/2017 NA AV. BORGES DE MEDEIROS, QUAL O MOTIVO DE SEU NÃO CUMPRIMENTO?_x000D_
 - SOBRE O ESTACIONAMENTO LOTADO DE CAMINHÕES NO CENTRO DA CIDADE E QUE IMPEDEM O ACESSO AOS MOTORISTAS, IDOSOS, OU PORTADORES DE NECESSIDADE ESPECIAIS, PRINCIPALMENTE NA PRAÇA SÉTIMO BARCAROLO, QUAIS AS MEDIDAS OU ESTUDOS QUE FARÃO PARA IMPEDIR QUE ESTES CAMINHÕES ATRAPALHEM O TRÂNSITO?_x000D_
 </t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUANTIDADE DE TERRENOS PERTENCENTES AO MUNICÍPIO, BEM COMO A SUAS LOCALIZAÇÕES E DADOS ESCRITURAIS? - QUAL O PLANEJAMENTO PARA A DESTINAÇÃO DESTES TERRENOS?</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAÇÕES: - HÁ UM PLANEJAMENTO PARA INSTALAÇÃO DE PONTO DE ÔNIBUS NOS INTERIORES DO NOSSO MUNICÍPIO? EM CASO POSITIVO ONDE SERÃO INSTALADOS? EM CASO NEGATIVO, QUAIS OS MOTIVOS DA SUA FALTA DE IMPLANTAÇÃO? </t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUAIS OS MOTIVOS DA FALTA DE DESOBSTRUÇÃO DOS BUEIROS QUE CAUSAM TRANSTORNO DEVIDO AO ACÚMULO DE ÁGUA, PRINCIPALMENTE NAS AVENIDAS PARANÁ E BORGES DE MEDEIROS?; - QUAIS AS MEDIDAS ESTÃO SENDO TOMADAS JUNTAMENTE COM A SANEPAR PARA RESOLVER OS PROBLEMAS DO MAU CHEIRO EXALADOS NAS BOCAS DE LOBO EM VÁRIOS PONTOS DA CIDADE? QUANDO SERÃO EFETIVAMENTE RESOLVIDOS ESTES PROBLEMAS?</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>Rafinha</t>
+    <t>Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>HÁ UM PLANEJAMENTO PARA FORNECER A BOLSA ATLETA PARA OS ATLETAS PRATICANTES DE ARTES MARCIAIS? EM CASO NEGATIVO, QUAL O MOTIVO DA SUA EXCLUSÃO?</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUAIS OS MOTIVOS DA FALTA DE DOCUMENTOS E QUAIS ESTÃO FALTANDO PARA QUE A ESCOLA MARINO ROSSI POSSA RECEBER OS RECURSOS PROVENIENTES DO ESTADO, EXATAMENTE PELA FALTA DESTES DOCUMENTOS? </t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>Adilto Caon, Jebson Bozio, Kika, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf</t>
   </si>
@@ -4470,134 +4470,134 @@
   <si>
     <t>QUAIS AS PROVIDÊNCIAS ESTÃO SENDO TOMADAS EM RELAÇÃO AOS SERVIDORES QUE TÊM O DIREITO A LICENÇA PRÊMIO AOS QUAIS PROTOCOLARAM O PEDIDO E ATÉ O MOMENTO NÃO RECEBERAM RESPOSTA?</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUAL O MOTIVO DA FALTA DE INSTALAÇÃO DE APARELHO DE AR CONDICIONADO NA SEDE DO CLUBE DO VOVÔ, POIS JÁ PASSARAM POR ESSA CASA DE LEIS OS PROJETOS QUE APROVARAM O ORÇAMENTO PARA COMPRA DESTES APARELHOS.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUAL O MOTIVO DA FALTA DE INSTALAÇÃO DE UM LAVACAR PARA LAVAGEM DOS VEÍCULOS DO MUNICÍPIO?</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>Bedeco, Rafinha, Toninho</t>
+    <t>Bedeco, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXISTE PREVISÃO DE REFORMA DO CMEI PRIMEIROS PASSOS, E INSTALAÇÃO DE PARQUINHO, MASTRO, SOLARIUM PARA AS CRIANÇAS?- EM CASO POSITIVO QUANDO SERÁ INSTALADO? EM CASO NEGATIVO PODERIA SER RESERVADO DOTAÇÃO ORÇAMENTÁRIA PARA ESTA FINALIDADE?</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA TODAS AS SECRETARIAS DO PODER EXECUTIVO MUNICIPAL: - PORQUE ALGUNS CONVITES DE EVENTOS, REUNIÕES, CONSELHOS, NÃO ESTÃO SENDO ENTREGUES OU INFORMADOS PARA OS VEREADORES?</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUAL O MOTIVO DA FALTA DE SUBSTITUIÇÃO DAS PLACAS DE VELOCIDADE MÁXIMA DE 60KM PELAS PLACAS DE 40KM NA AVENIDA GARIBALDI, EM SE TRATANDO DE UMA RUA COM TRECHO QUE ENGLOBA TRÊS ESCOLAS, APAE E NECESSITA DE UMA SINALIZAÇÃO MELHOR URGENTEMENTE, DEVIDO AOS ACIDENTES CONSTANTES QUE TÊM OCORRIDO.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>Rafinha, Gabriel Cadini</t>
+    <t>Rafael Cabral Felisberto, Gabriel Cadini</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1045/201810020710_0002.pdf</t>
   </si>
   <si>
     <t>QUAL A SITUAÇÃO DO CONVÊNIO FIRMADO COM A ITAIPU BINACIONAL, REFERENTE A RECUPERAÇÃO/ READEQUAÇÃO DE ESTRADAS DA COMUNIDADE LINHA OURO VERDE E BARREIRÃO?</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1090/201811060514_0004.pdf</t>
   </si>
   <si>
     <t>- QUAL O MOTIVO DA DEMORA PARA RESOLVER O PROBLEMA DA ÁGUA DA CHUVA NO BAIRRO DA JARDIM TROPICAL?_x000D_
 - EXISTE UM PRAZO PARA A ENTREGA DESSA OBRA?</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1101/201811130521_0001.pdf</t>
   </si>
   <si>
     <t>- EXISTE PREVISÃO DE INSTALAÇÃO DE UM POSTO POLICIAL JUNTAMENTE COM UM DESTACAMENTO, NO DISTRITO DE AGROCAFEEIRA? _x000D_
 - EM CASO POSITIVO QUAL A DATA? – EM CASO NEGATIVO, EXISTE POSSIBILIDADE DESTA IMPLANTAÇÃO NOS PLANOS DO EXECUTIVO MUNIPAL?</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>Kika, Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Pandolfo, Rafinha, Toninho</t>
+    <t>Kika, Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Pandolfo, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1119/201811201124.pdf</t>
   </si>
   <si>
     <t>REQUER SABER - Qual as providencia a ser tomadas com relação aos exames de TSH - HORMÔNIO TIREOESTIMULANTE 3 GERAÇÃO ULTRASSENSÍVEL feitos pelo laboratório UNILABOR, que realizou as analises dos exames solicitados pela Secretaria de Saúde nas campanhas do Agosto Azul e Outubro Rosa de 2018?</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1128/201811270535.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÃO DE COMO É FEITO O PLANEJAMENTO DE SINALIZAÇÃO DE TRÂNSITO EM NOSSO MUNICÍPIO, INCLUSIVE DE LOMBADAS, FAIXAS DE PEDESTRES PRÓXIMAS AS ESCOLAS E OS PONTOS DE TAXI?</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Jebson Bozio, Kika, Nei Gasparin, Pandolfo, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Jebson Bozio, Kika, Nei Gasparin, Pandolfo, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1129/201811270535-1.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA MARCADA  SESSÃO DE ELEIÇÃO DA MESA PARA A PRÓXIMA SESSÃO ORDINÁRIA QUE SERA REALIZADA EM 03 DE DEZEMBRO DE 2018</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1134/201812040512_0002.pdf</t>
   </si>
   <si>
     <t>EXISTE ALGUM PROJETO DE ATUALIZAÇÃO DO PLANO DIRETOR DO MUNICÍPIO? EM CASO POSITIVO QUANDO SERÃO APRESENTADOS? EM CASO NEGATIVO, EXISTE A POSSIBILIDADE DA ATUALIZAÇÃO PARA QUE AS AÇÕES DE DESENVOLVIMENTO MUNICIPAL POSSAM OCORRER COMO EXEMPLO A IMPLANTAÇÃO DA REDE SIM E A IMPLANTAÇÃO DA MUNICIPALIZAÇÃO DO IAP?</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1153/201812180707_0001.pdf</t>
   </si>
   <si>
     <t>- QUAIS AS PROVIDÊNCIAS DO EXECUTIVO MUNICIPAL PERANTE OS PROBLEMAS DOS SERVIÇOS FUNERÁRIOS QUE A EMPRESA FUNERÁRIA VENCEDORA DA LICITAÇÃO TÊM CAUSADO PARA A POPULAÇÃO CONFORME AS DIVERSAS RECLAMAÇÕES NA OUVIDORIA E ATÉ NO MINISTÉRIO PÚBLICO?</t>
   </si>
@@ -4940,51 +4940,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1047/201810020709.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1048/201810020710_0003.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1053/201810090708_0002.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1054/201810090708_0003.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1055/201810090708_0001.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1064/201810230702_0001.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1065/201810230702_0002.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1066/201810230702_0003.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1067/201810230702_0004.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1068/201810230702_0005.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1069/201810230702_0006.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1077/201810300705_0002.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1078/201810300705_0003.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1091/201811060514_0003.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1092/201811060514_0002.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1093/201811060514_0001.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1102/201811130521_0006.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1104/201811130521_0005.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1105/201811130521_0004.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1106/201811130521_0003.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1107/201811130521_0002.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1108/201811130522.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1116/201811201123.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1118/201811221104.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1133/201812040512_0001.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1147/201812110519_0001.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1148/201812110519_0002.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1149/201812110519_0003.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1150/201812110519_0004.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1154/201812180707_0002.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1052/201810090708_0004.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1075/201810300705_0001.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1089/201811060514_0001-1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1155/201812180707_0006.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1156/201812180707_0005.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1157/201812180707_0004.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1158/201812180707_0003.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1076/201811070600.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1044/201809281450.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1049/201810051453.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1050/201810051458.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1051/201810051501.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1056/201810151320.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1057/201810151321.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1058/201810151322.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1059/201810191502.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1060/201810191503.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1061/201810191504.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1062/201810191507.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1063/201810191509.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1071/201810261527.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1072/201810261527-1.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1073/201810261528.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1074/201810261530.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1079/201810290943.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1080/201811011555.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1081/201811011556.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1082/201811011557.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1083/201811011558.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1084/201811011558-1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1085/201811011559.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1086/201811011559-1.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1087/201811011600.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1088/201811011600-1.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1094/201811091338.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1095/201811091338-1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1096/201811091339.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1097/201811091339-1.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1098/201811091340.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1099/201811091340-1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1100/201811091351.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1109/201811141105.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1110/201811190521.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1111/201811190522.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1112/201811141408.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1113/201811141418.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1114/201811141418-1.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1115/201811141410.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1120/201811191401.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1123/201811231338.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1124/201811231338-1.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1130/201811291205.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1131/201811301310.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1135/201812070833.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1136/201812071319.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1137/201812071320.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1138/201812071321.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1139/201812071321-1.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1140/201812071322.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1141/201812071322-1.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1142/201812071322-2.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1143/201812071324.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1144/201812071325.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1145/201812071325-1.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1146/201812071326.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1151/201812141215.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1152/201812141219.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1132/201812180746.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1159/201812180745.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/./sapl/public/materialegislativa/2018/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1045/201810020710_0002.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1090/201811060514_0004.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1101/201811130521_0001.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1119/201811201124.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1128/201811270535.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1129/201811270535-1.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1134/201812040512_0002.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2018/1153/201812180707_0001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H419"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="104.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="118.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>