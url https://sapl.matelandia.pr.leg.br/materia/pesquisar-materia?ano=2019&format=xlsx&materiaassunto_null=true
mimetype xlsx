--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -357,108 +357,108 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1215/201903120706_0008.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL LIMPEZA NOS LOTES BALDIOS EM TODA A CIDADE E NO DISTRO DE AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1216/201903120706_0009.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE ACADEMIA DA TERCEIRA IDADE NO PÁTIO EM FRENTE À ESCOLA DOM PEDRO II, NO SÃO CRISTÓVÃO. INDICA-SE TAMBÉM O CONSERTO DA ILUMINAÇÃO PÚBLICA DESTE LOCAL.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>Gabriel Cadini, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1217/201903120706_0007.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A DESAPROPRIAÇÃO DE PARTE DOS LOTES PARA FAZER PASSAGEM DE VEÍCULOS NAS PROPRIEDADES DOS SRS. SOCCOL BRANCO, MARCOS ZORZI E AMARILDO BOZIO, EM FRENTE A TRINCHEIRA DE SAÍDA PARA MEDIANEIRA.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1218/201903120706_0010.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE PLACAS COM OS NOMES DAS RUAS DO BAIRRO VILA PASA E PINTURA DAS FAIXAS DE PEDESTRES EM FRENTE ÀS ESCOLAS, PARADA DE ÔNIBUS E EM FRENTE AOS POSTOS DE SAÚDE.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Aldair, Jebson Bozio, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1234/201903190712_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MELHORIAS NA CRECHE IRINA SIDOR: - TOLDO NA ENTRADA – AUMENTO DO MEIO FIO NA ENTRADA – COLOCAÇÃO DE GRADE NA TUBULAÇÃO NA ENTRADA DA CRECHE.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Jebson Bozio, Rafinha, Toninho</t>
+    <t>Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1235/201903190712_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE VAGA DE ESTACIONAMENTO PARA PORTADORES DE NECESSIDADES ESPECIAIS EM FRENTE AO DETRAN.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1236/201903190712_0002.pdf</t>
   </si>
   <si>
     <t>- INDICA AO DEPARTAMENTO DE TRÂNSITO A INSTALAÇÃO DE SEMÁFOROS EM DOIS PONTOS DA AVENIDA BORGES DE MEDEIROS SENDO ELES: NO CRUZAMENTO DA AVENIDA ASSIS BRASIL, PRÓXIMO À AUTO ELÉTRICA BOZIO; E O OUTRO PONTO NO CRUZAMENTO DA RUA PEDRO ÁLVARES CABRAL, PRÓXIMO AO BANCO ITAÚ</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1237/201903190712_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE UM COMPUTADOR E UMA IMPRESSORA PARA O ESCRITÓRIO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>32</t>
   </si>
@@ -492,51 +492,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1274/201904160712_0001.pdf</t>
   </si>
   <si>
     <t>- INDICA A SECRETARIA COMPETENTE A PAVIMENTAÇÃO E CANALIZAÇÃO DAS ÁGUAS DAS CHUVAS NO JARDIM ITÁLIA.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1276/201904230701_0001.pdf</t>
   </si>
   <si>
     <t>- INDICA A SECRETARIA COMPETENTE A CONSERTO DE MANILHA QUEBRADA NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SR. CELSO ZATTA.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>Bedeco, Rafinha</t>
+    <t>Bedeco, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1277/201904230701_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE PLACAS INDICATIVAS DE RUAS NA VILA ESEMRALDA</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1278/201904230701_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CASCALHAMENTO NA RUA SANTA CATARINA, NA VILA ESMERALDA</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>38</t>
   </si>
@@ -555,165 +555,165 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1286/201904300707_0007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE UM BEBEDOURO PARA O POLIESPORTIVO OLIVO CONSTANTINO BIAZUS.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1287/201904300707_0006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS NO CLUBE DO VOVÔ DO CENTRO, COMO INSTALAÇÃO DE GRADES, PORTÃO GRANDE, PINTURA, BANCADA DE LIXO MAIOR, CLIMATIZADOR, MELHORIA NA ILUMINAÇÃO EXTERNA.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>Jebson Bozio, Kika, Rafinha, Toninho</t>
+    <t>Jebson Bozio, Kika, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1288/201904300707_0005.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVISÃO DO SALÁRIO DOS MONITORES SOCIAIS DO PROFAN.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Carlos Caon</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1289/201904300707_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE PONTO DE ÔNIUBUS NA RUA NEREU RAMOS NA ESQUINA DO HOTEL HORIZONTE, ANTIGA FOGÕES BANDEIRANTE.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Edson Alves , Gabriel Cadini, Kika</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1290/201904300707_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CASCALHAMENTO E READEQUAÇÃO COM URGÊNCIA NA ESTRADA BEIRA PARQUE NA PICADA BENJAMIN, PROXIMIDADE DA PROPRIEDADE DO SR. VALMIR KOCHENBORGUER, NA COMUNIDADE SÃO JOSÉ DA PICADA BENJAMIN.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>Jebson Bozio, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1296/201905070654_0006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXPANSÃO DE INSTALAÇÃO DA LÂMPADAS DE LED EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>Bedeco, Jebson Bozio, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Bedeco, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1297/201905070654_0005.pdf</t>
   </si>
   <si>
     <t>- INDICA AO DEPARTAMENTO DE CULTURA A MOBILIZAÇÃO DAS ENTIDADES PARA QUE ATUEM EM CONJUNTO COM OS NOSSO ARTISTAS DO MUNICÍPIO A REALIZAREM UMA PINTURA ARTÍSTICA NAS TRINCHEIRAS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>Adilto Caon, Bedeco, Jebson Bozio, Rafinha</t>
+    <t>Adilto Caon, Bedeco, Jebson Bozio, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1298/201905070654_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPARTAMENTO COMPETENTE QUE FAÇA ESTUDOS PRÉVIOS PARA A RETIRADA DE ÁRVORES VELHAS E COMPROMETIDAS, COM RISCO DE QUEDA POR ESTAREM APODRECIDAS COM URGÊNCIA. INDICA-SE PROVIDÊNCIAS QUANTO AS RAÍZES EXPOSTAS MUITO ALTA, OBSTRUINDO A PASSAGEM DOS PEDESTRES, TRAZENDO RISCOS PRINCIPALMENTE PARA AS PESSOAS IDOSAS.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1299/201905070654_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA BURACOS NA ESQUINA DA RUA SOUZA NAVES COM FERDINANDO MASSAROLO, E NAS ESQUINAS DA RUA LINO DALL POZZO COM FORTUNATO MENONCIN E LINO DALL POZZO COM JÚLIO DE CASTILHO, NO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1300/201905070654_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM PARQUE DA TERCEIRA IDADE NO PARQUE DE EXPOSIÇÕES DAVID MENONCIN.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>Bedeco, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Bedeco, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1301/201905070654_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PROVIDÊNCIAS E ESTUDOS DE MEIOS LEGAIS PARA BARRAR O REAJUSTE ANUNCIADO DE 12,13% DA TARIFA DE ÁGUA E ESGOTO DO NOSSO MUNICÍPIO JUNTO A COMPANHIA DE SANEAMENTO DO PARANÁ.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1311/201905140701_0006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE DUAS LIXEIRAS EM CADA PONTA DO PASSARELA.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>51</t>
   </si>
@@ -1014,51 +1014,51 @@
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PAVIMENTAÇÃO ASFÁLTICA NAS RUAS E AVENIDAS DO BAIRRO VILA PASA</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Aldair, Edson Alves , Gabriel Cadini, Kika</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1366/201906110702_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CANALIZAÇÃO DAS ÁGUAS PLUVIAIS DAS RUAS DO MUTIRÃO DA VILA PASA, BEM COMO COLOCAÇÃO DE ASFALTO E PLACAS INDICATIVAS DE NOME DE RUAS</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>Adilto Caon, Bedeco, Jebson Bozio, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Adilto Caon, Bedeco, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1367/201906110702_0001.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE UM ABASTECEDOURO COMUNITÁRIO NO RIO URU</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Aldair, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1368/201906180704_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REALIZAÇÃO DE MUTIRÃO DE LIMPEZA EM TODOS OS BAIRROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
@@ -1104,78 +1104,78 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/201907020702_0008.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE LÂMPADAS DE LED EM TODA A EXTENSÃO DA RUA NEREU RAMOS.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/201907020702_0007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>Adilto Caon, Bedeco, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Adilto Caon, Bedeco, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/201907020702_0006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE ZELADORAS PARA AS ESCOLAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/201907020702_0005.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVISÃO DO PLANO DIRETOR NO LADO SUL DA CIDADE PARA REVER A DEFINIÇÃO DOS LOTES EM RESIDENCIAL, COMERCIAL E SERVIÇOS.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>Adilto Caon, Rafinha, Toninho</t>
+    <t>Adilto Caon, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1395/201907020702_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS NA ILUMINAÇÃO PÚBLICA DA VILA RURAL SANTA MARIA DE VILA ESMERALDA E NA ÁREA URBANA DA COMUNIDADE DA VILA ESMERALDA</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/201907090717_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA BURACOS NO CALÇAMENTO DA LINHA COZER COM A COMUNIDADE DA PICADA BENJAMIN, NAS PROXIMIDADES DO POÇO BOTUCATU, EM TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>88</t>
   </si>
@@ -1206,51 +1206,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/201908060700_0003.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A CONTINUAÇÃO DA LAMA ASFÁLTICA NA RUA MINAS GERAIS, BEM COMO IMPLANTAÇÃO DE REDE DE CAPTAÇÃO DE ÁGUAS PLUVIAIS, NO BAIRRO SÃO CRISTÓVÃO.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/201908060700_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PATROLAMENTO E DEMAIS MELHORIAS NA ESTRADA DOS FUNDOS DA COMUNIDADE DO SÃO ROQUE, A PARTIR DO ASFALTO PASSANDO PELA PROPRIEDADO DO SR. ANTÔNIO LEITE, ATÉ O CALÇAMENTO QUE LIGA VERA CRUZ DO OESTE.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Gabriel Cadini, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/201908130704_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA RUA PROFESSORA LERIDES PAGNOCELLI LIMA, TAIS COMO CALÇADA, BANCOS, CICLOVIA, ILUMINAÇÃO COM ENERGIA SOLAR, AUMENTAR A LARGURA DA RUA.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/201908130704_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA NO LOTE ATRÁS DA ANTIGA RODOVIÁRIA MUNICIPAL(PRÉDIO DO ANTIGO LABIAC), NA RUA COPACABANA, NO BAIRRO SÃO CRISTÓVÃO, CONFORME FOTOS EM ANEXO.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>94</t>
   </si>
@@ -1446,66 +1446,66 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1477/201908270702_0003.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A PINTURA NAS LATERAIS DO GINÁSIO DE ESPORTES CENTRAL, PRINCIPALMENTE NO LADO DO CLUBE DO VOVÔ. INDICA A PINTURA NO GINÁSIO DO SÃO CRISTÓVÃO, CALÇADA E LAMA ASFÁLTICA EM FRENTE.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1482/201909030700_0004.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE LAMA ASFÁLTICA NA TRAVESSA COMENDADOR TAVARES, AVENIDA NEREU RAMOS E DEMAIS RUAS NO BAIRRO VILA PASA</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>Bedeco, Carlos Caon, Rafinha</t>
+    <t>Bedeco, Carlos Caon, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1483/201909030700_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO EM TODAS AS CRECHES E ESCOLAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>Bedeco, Rafinha, Toninho</t>
+    <t>Bedeco, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1484/201909030700_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS NO CENTRO DE GERAÇÃO DE RENDAS NA VILA PASA, COMO DOIS EXAUSTORES NA COZINHA, TROCAR A POSIÇÃO DAS TORNEIRAS E DOIS VENTILADORES NO SALÃO.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1485/201909030700_0002.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL JUNTO A SECRETARIA DE AGRICULTURA, MELHORIAS COM URGÊNCIA NA ESTRADA QUE DÁ ACESSO AO AVIÁRIO DO SR. REGINALDO ROCHA, E AO REDOR DE SEU AVIÁRIO, NA COMUNIDADE DO SÃO ROQUE.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>114</t>
   </si>
@@ -1545,78 +1545,78 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1499/201909100706_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE CALÇAMENTO NA RUA DAS ORQUÍDEAS E RUA DAS PALMEIRAS, NUMA EXTENSÃO DE APROXIMADAMENTE DUZENTOS METROS.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1511/201909170706_0006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL a CONSTRUÇÃO DE ACESSO AOS CADEIRANTES NA CALÇADA DA RUA RUI BARBOSA, EM FRENTE AO PLENÁRIO DA CÂMARA MUNICIPAL DE VEREADORES</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>Bedeco, Edson Alves , Gabriel Cadini, Rafinha</t>
+    <t>Bedeco, Edson Alves , Gabriel Cadini, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1512/201909170706_0007.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL O PROLONGAMENTO DA ILUMINAÇÃO PÚBLICA NA RUA PINHEIRO MACHADO ATÉ O CONJUNTO HABITACIONAL BARCAROLO, EM AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1513/201909170706_0008.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE 2 PSCICÓLOGOS DA FILA DE ESPERA NO CONCURSO PÚBLICO PARA A ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Aldair, Bedeco, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1514/201909170706_0009.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CONSERTO DA BOCA DE LOBO E CONSTRUÇÃO DE CALÇADA NA RUA AURÉLIO DAL POZZO, NO PORTAL DE ENTRADA DA CIDADE.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1526/201909240701_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL JUNTO A SECRETARIA DO MEIO AMBIENTE A REALIZAÇÃO DE PAISAGISMO NO MURO DE CONTENÇÃO EM FRENTE AO MEGA MALHAS, ALÉM DA LIMPEZA E JARDINAGEM DEFINITAVA NESTE LOCAL.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>123</t>
   </si>
@@ -1719,51 +1719,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1569/201910150655_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE CALÇAMENTO NA RUA ALFREDO CHAVES COM DAL CANALLE E VITAL BRASIL.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1585/201911120605_0001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA RUA PEDRO ALVARES CABRAL COM RECAPE ASFÁLTICO E OBRAS DE PAISAGISMO</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>Bedeco, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Bedeco, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1586/201911120605_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL AMPLIAÇÃO DO POSTO DE SAÚDE DE AGROCAFEEIRA PARA INSTALAÇÃO DE UMA SALA MULTIUSO PARA UTILIZAÇÃO DOS FUNCIONÁRIOS E MELHOR ATENDIMENTO DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1587/201911120605_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE CORTINA NA JANELA DEFRONTE À RUA, NA CAPELA MORTUÁRIA. INDICA-SE A TROCA DO FOGÃO DA CAPELA.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>138</t>
   </si>
@@ -1830,168 +1830,168 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1604/201911190616_0009.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CASCALHAMENTO NA PROPRIEDADE DO SR. GILMAR COLLA, A PARTIR DOS AVIÁRIOS ATÉ A EXTENSÃO DOS POÇOS ARTESIANOS, NA VILA BRASIL.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1605/201911190616_0008.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE LAMA ASFÁLTICA NA RUA NOSSA SENHORA CARAVÁGGIO, NUMA EXTENSÃO DE 100(CEM)MTS.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Rafinha, Toninho</t>
+    <t>Aldair, Bedeco, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1606/201911190616_0007.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE UM SUPERPOSTE NO PARQUINHO DO LOTEAMENTO MATELÂNDIA I, NO CRUZEIRINHO.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1607/201911190616_0006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE POÇO ARTESIANO A PEDIDO DA COMUNIDADE PICADA BENJAMIN.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL CASCALHAMENTO NO ACESSO À PROPRIEDADE DO SR. MARCOS ZATTA E DO SR. IRACI NA COMUNIDADE PICADA BENJAMIN.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1609/201911190616_0005.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A NOTIFICAÇÃO JUNTO A SANEPAR ACERCA DA LEGALIDADE DA COBRANÇA DE INSTALAÇÃO DE REDE DE ESGOTO NO BAIRRO SÃO CRISTÓVÃO</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>Aldair, Gabriel Cadini, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Aldair, Gabriel Cadini, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1626/201911260616_0002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE POÇO ARTESIANO A PEDIDO DA COMUNIDADE DA LINHA PANIZZON.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1627/201911260616_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONCLUSÃO DO CENTRO COMUNITÁRIO DA VILA RURAL SAGRADA FAMÍLIA, NA MARQUEZITA.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Aldair, Bedeco, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1628/201911260616_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PATROLAMENTO NA ESTRADA DA COMUNIDADE DO RIO SABIÁ ATÉ O ALTO BARREIRÃO.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1629/201911260616_0005.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL POR SOLICITAÇÃO DA COMUNIDADE DO BARREIRÃO E FAMÍLIA CAMPESTRINI, PASSAR O ROLO COMPRESSOR NA ESTRADA COM CASCALHAMENTO DEVIDO AS PONTAS DAS PEDRAS, COM PREFERÊNCIA NOS DIAS DE CHUVA.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1630/201911260616_0006.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL ADEQUAÇÃO NA ESTRADA E REFORMA DA PONTE MOLHADA NA PROPRIEDADE DO SR. OLIVÉRIO POLTRONIERI, NO RIO URU, COM URGÊNCIA.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>Adilto Caon, Bedeco, Rafinha, Toninho</t>
+    <t>Adilto Caon, Bedeco, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1638/20191203081550204_0004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REENQUADRAMENTO DA RUA SANTA CATARINA, NA VILA ESMERALDA, PRINCIPALMENTE NO FINAL DA RUA.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Aldair, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1639/20191203081550204_0003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL APLICAÇÃO DE LAMA ASFÁLTICA NA AVENIDA IPIRANGA ENTRE A AVENIDA DALCANALE E ONZE DE JUNHO.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
@@ -4383,78 +4383,78 @@
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1194/201902221437.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS DE VIAGEM AOS VEREADORES DA CÂMARA MUNICIPAL DE MATELÂNDIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>Dispõe sobre publicidade institucional da Câmara Municipal de Matelândia por meio de redes sociais oficiais e dá outras providências.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>Aldair, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Aldair, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1536/201910010729.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIA DE VIAGEM AOS SERVIDORES DA CÂMARA MUNICIPAL DE MATELÂNDIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1659/20191217090810643.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PROGRAMAÇÃO FINANCEIRA E O CRONOGRAMA DE DESEMBOLSO MENSAL E BIMESTRAL PARA O EXERCÍCIO FINANCEIRO DE 2020, DO PODER LEGISLATIVO DE MATELÂNDIA</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Pandolfo, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Pandolfo, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1174/201902120525_0001.pdf</t>
   </si>
   <si>
     <t>- QUAL O MOTIVO DA FALTA DE CONVITE DOS VEREADORES PARA A ABERTURA DA SEMANA PEDAGÓGICA REALIZADO NO PLENÁRIO DA CÂMARA MUNICIPAL?</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1188/201902190618_0004.pdf</t>
   </si>
   <si>
     <t>QUAL O MOTIVO DA FALTA DE INSTALAÇÃO DE PARQUINHOS INFANTIS NO CONJUNTO HABITACIONAL MATELÂNDIA I?</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1189/201902190618_0003.pdf</t>
   </si>
   <si>
     <t>ESTÁ NO PLANEJAMENTO MUNICIPAL A COLOCAÇÃO DE ASFALTO NO TRECHO FINAL DA RUA BARÃO DO RIO BRANCO, NO JARDIM GUAIRACÁ? EM CASO POSITIVO QUANDO SERÃO INICIADAS AS OBRAS. EM CASO NEGATIVO EXISTE A POSSIBILIDADE DE INCLUIR ESTE TRECHO NOS PLANEJAMENTO DO MUNICÍPIO?</t>
   </si>
@@ -4498,51 +4498,51 @@
     <t>1221</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1221/201903120706_0005.pdf</t>
   </si>
   <si>
     <t>- QUAL MECANISMO ESTÁ SENDO USADO PARA ADMINISTRAÇÃO DAS LANCHONETES E DEMAIS VENDAS NO INTERIOR DOS GINÁSIOS MUNICIPAIS? - SERÁ FEITA LICITAÇÃO?</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>Gabriel Cadini</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1232/201903190712_0006.pdf</t>
   </si>
   <si>
     <t>À SECRETARIA DE INDÚSTRIA E COMÉRCIO:_x000D_
 - QUANTOS MEIS EXISTEM NO MUNICÍPIO? – QUAL A QUANTIDADE DE MICROEMPREENDORES MIGRARAM PARA MICROEMPREENDEDOR INDIVIDUAIS? QUAL A MÉDIA MENSAL DE ATENDIMENTO DA SALA DO EMPREENDEDOR?</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>Aldair, Jebson Bozio, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Aldair, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1233/201903190712_0005.pdf</t>
   </si>
   <si>
     <t>À OUVIDORIA MUNICIPAL: - COMO ESTÁ SENDO O DESEMPENHO DO SETOR DE OUVIDORIA EM NOSSO MUNICÍPIO? QUAL A MÉDIA DE DENÚNCIAS/RECLAMAÇÕES MENSAIS? O PRAZO DE RESPOSTA TEM SIDO RESPEITADO? – QUÉM É O RESPONSÁVEL POR ESTE SETOR QUE RECEBE SUGESTÕES, ELOGIOS, SOLICITAÇÕES, RECLAMAÇÕES E DENÚNCIAS?</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1239/201903260703_0002.pdf</t>
   </si>
   <si>
     <t>- EXISTE CONSELHO DO MEIO AMBIENTE E FUNDO MUNICIPAL DO MEIO AMBIENTE EM NOSSO MUNICIPIO? ESTAO EM ATIVIDADE?; - EM CASO NEGATIVO, EXISTE PRETENSÃO DE SUA INSTITUIÇÃO?</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t xml:space="preserve"> Organização do Município, dos Poderes e da Administração</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1247/201904020701_0003.pdf</t>
   </si>
@@ -4639,51 +4639,51 @@
   <si>
     <t>QUAL O MOTIVO DO COMPOSTO TRITURADO DE GALHOS ESTAREM SENDO DEPOSITADOS NO ATERRO SANITÁRIO AO INVÉS DE SER ENTREGUES NO PATIO DO PARQUE DAVID MENONCIN SOB A RESPONSABILIDADE DA SECRETARIA DE AGRICULTURA PARA DISTRIBUIÇÃO AOS AGRICULTORES?</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1292/201905070654_0008.pdf</t>
   </si>
   <si>
     <t>- HÁ PREVISÃO DE INSTALAÇÃO DE PLACAS INDICATIVAS PARA A COMUNIDADE VILA PAZA, PLACAS DE INDICATIVAS DE SAÍDA PARA MEDIANEIRA E CASCACAVEL NAS PROXIMIDADES DO HOTEL NOVO HORIZONTE, BEM COMO SINALIZAÇÃO DA COMUNIDADE DO CAMPO DO BAHIA?</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1293/201905070654_0009.pdf</t>
   </si>
   <si>
     <t>-- HÁ PREVISÃO DE ENVIO DE PROJETO DE LEI DE REPASSE DE SUBVENÇÃO AO PROJETO VIGIA DESENVOLVIDO PELO CONSEG, CONFORME COMPROMISSO ASSUMIDO PELO EXECUTIVO MUNICIPAL?</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Gabriel Cadini, Rafinha</t>
+    <t>Aldair, Bedeco, Gabriel Cadini, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1317/201905140701_0011.pdf</t>
   </si>
   <si>
     <t>EXISTE PREVISÃO PARA REALIZAR MELHORIAS NA RUA FRANCISCO RISSATO, QUE LIGA O COLÉGIO PROFESSOR EBEHARDO AO ANTIGO POSTO MOMBELLI EM AGROCAFEEIRA? AS MELHORIAS NECESSÁRIAS SÃO AS GALERIAS PLUVIAIS, COLOCAÇÃO DE ASFALTO E CALÇADA PARA PEDESTRES CONFORME FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>QUAIS AS PROVIDÊNCIAS ESTÃO SENDO TOMADAS NA ESTRADA DA LINHA COZER EM RELAÇÃO AOS BUEIROS COBERTOS E QUE DEIXAM ESCOAR O BARRO NA PISTA?</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>QUAL O MOTIVO DA FALTA DA IMPLANTAÇÃO DA LISTA DE ESPERA DOS PACIENTES NOS EXAMES E CIRURGIAS APROVADO NESTA CASA DE LEIS PELA LEI Nº 3931/2017, UMA VEZ QUE JÁ SE PASSOU O PRAZO DE VACÂNCIA PARA SUA APLICAÇÃO? EXISTE UMA JUSTIFICATIVA LEGAL?</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>-- QUAL O VALOR GASTO COM A CONTRATAÇÃO DE EMPRESAS SITUADAS FORA DO MUNICÍPIO ATRAVÉS DE LICITAÇÃO TANTO COMO COMPRAS E SERVIÇOS EM GERAL NO EXERCÍCIO DE 2018?</t>
   </si>
@@ -4714,51 +4714,51 @@
   <si>
     <t>EXISTE POSSIBILIDADE DE O MUNICÍPIO INTERVIR JUNTO AO DEPUTADO VERMELHO DO PSD PARA LIBERAÇÃO DE 2(DOIS) CAMINHÕES E 1(UMA) PANTANEIRA ATRAVÉS DO MINISTÉRIO DE AGRICULTURA JUNTAMENTE COM EQUIPAMENTOS PARA OS AGRICULTORES?</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/201907020702_0001.pdf</t>
   </si>
   <si>
     <t>HÁ ALGUMA PREVISÃO PARA REALIZAÇÃO DE REVITALIZAÇÃO DE TODAS AS RUAS DA VILA MARQUEZITA? EM CASO POSITIVO QUANDO SERÃO REALIZADAS? EM CASO NEGATIVO, HÁ POSSIBILIDADE DE SEREM REALIZADAS?</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1371/201906180704_0001.pdf</t>
   </si>
   <si>
     <t>COM RELAÇÃO AO PLANO DIRETOR ESTÁ SENDO EXECUTADO A CONTENTO? - HÁ UM PLANEJAMENTO PARA A ELABORAÇÃO DO PRÓXIMO PLANO DIRETOR? EM CASO POSITIVO QUAIS SÃO AS DIRETRIZES QUE ESTÃO SENDO COLOCADOS PARA O DESENVOLVIMENTO ECONÔMICO E SOCIAL DO MUNICÍPIO?</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>Rafinha, Toninho</t>
+    <t>Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/201907160716.pdf</t>
   </si>
   <si>
     <t>REQUER A REVISÃO DA LEI DO CMDCA PARA QUE SEJA RETIRADA DO TEXTO, REQUISITOS ILEGAIS PARA CONCORRER A ELEIÇÃO DE CONSELHEIRO TUTELAR (POR EXEMPLO EXIGÊNCIA DE CNH VÁLIDA E NEGATIVA CIVIL) CONFORME APONTADO PELO MINISTERIO PÚBLICO NA RECOMENDAÇÃO ADMINISTRATIVA 06/2019 E PROCEDIMENTO ADMINISTRATIVO N. 89.19.000384-1.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/201907160717.pdf</t>
   </si>
   <si>
     <t>HÁ ALGUMA PREVISÃO DE EFETUAR MELHORIAS NA CRECHE IRINA SIDOR? FORAM FEITAS INDICAÇÕES SOBRE O LOCAL SOLICITANDO DIVERSAS MELHORIAS DEVIDO AS INTENSAS COBRANÇAS DOS PAIS DOS ALUNOS. ESTAS MELHORIAS PODEM SER ATENDIDAS, EM CASO POSITIVO QUAL O PRAZO PARA INICIÁ-LAS?</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/201907160718_0003.pdf</t>
   </si>
   <si>
     <t>- HÁ ALGUMA PREVISÃO DE REALIZAR RECAPE ASFÁLTICO NA ESTRADA RURAL QUE LIGA A COMUNIDADE DE MARQUEZITA? EM CASO NEGATIVO HAVERIA A POSSIBILIDAE DE IMPLANTAR NO CALENDÁRIO DE OBRAS?</t>
   </si>
@@ -4883,63 +4883,63 @@
     <t>COMO O EXECUTIVO ESTÁ ACOMPANHANDO OS TRABALHOS DA SANEPAR SOBRE OS SERVIÇOS TERCEIRIZADOS DE REPARAÇÃO QUE ESTÃO SENDO ENTREGUES EM MAU ESTADO, NÃO CONDIZENTE COM O ESTADO ANTERIOR AO SERVIÇO? _x000D_
 - EM RELAÇÃO À IMPLANTAÇÃO DA REDE DE ESGOTO NO BAIRRO SÃO CRISTÓVÃO, ESTÃO SENDO ACOMPANHADOS OS SERVIÇOS PARA QUE CAUSE O MENOR TRANSTORNO POSSÍVEL AOS MORADORES DO LOCAL? HÁ UMA CONSTANTE COMUNICAÇÃO ENTRE O EXECUTIVO E A SANEPAR SOBRE ESTA QUESTÃO?</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1487/201909030700_0007.pdf</t>
   </si>
   <si>
     <t>- QUAIS AS PROVIDÊNCIAS QUE O EXECUTIVO ESTÁ TOMANDO EM RELAÇÃO AOS CARROS VELHOS E ABANDONADOS NAS VIAS E CALÇADAS, QUE ESTÃO VIRANDO SUCATA, ABRIGO E CRIAÇÃO DE INSETOS? OS DONOS DOS VEÍCULOS ESTÃO SENDO NOTIFICADOS?</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1488/201909030700_0008.pdf</t>
   </si>
   <si>
     <t>QUAL O ORÇAMENTO DESTINADO PARA A REFORMA DA ANTIGA ESCOLA PROFESSOR EBERHARDO PARA A REALIZAÇÃO DAS ATIVIDADES CULTURAIS E ESPORTIVAS PLANEJADAS NESTE LOCAL? EM CASO DA FALTA DE PREVISÃO ORÇAMENTÁRIA, HÁ A POSSIBILIDADE DE RESERVA DESTINADA PARA ESTA FINALIDADE ESPECÍFICA?</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1489/201909030700_0009.pdf</t>
   </si>
   <si>
     <t>QUAL O MOTIVO DAS CÂMERAS DE SEGURANÇA DO PARQUE DAVID MENONCIN TEREM ACESSO ÚNICO E EXCLUSIVO DO SECRETÁRIO DE AGRICULTURA? EM CASO DE ALGUM ACONTECIMENTO NO LOCAL PODE-SE TER ACESSO AS IMAGENS DE SEGURANÇA? QUAL O MOTIVO DE NÃO TER SIDO REPASSADO A EQUIPE CENTRAL QUE FAZ O MONITORAMENTO?</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>Bedeco, Edson Alves , Jebson Bozio, Rafinha, Toninho</t>
+    <t>Bedeco, Edson Alves , Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1515/201909170706_0001.pdf</t>
   </si>
   <si>
     <t>QUAL FOI A MOTIVAÇÃO/FUNDAMENTAÇÃO DO DEPARTAMENTO DE TRÂNSITO TER REQUISITADO A REALIZAÇÃO DE LICITAÇÃO NA MODALIDADE REGISTRO DE PREÇOS PARA PRESTAÇÃO DE SERVIÇOS DE PINTURA COM SINALIZAÇÃO DE FAIXA DE ESTACIONAMENTO CONFORME ATA DE PREGÃO ELETRÔNICO EM ANEXO?; - O VEÍCULO ADQUIRIDO PARA ESTA FINALIDADE PELO MUNICÍPIO NÃO PODE REALIZAR ESTE SERVIÇO? EM CASO NEGATIVO QUAL O MOTIVO?</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1516/201909170706_0002.pdf</t>
   </si>
   <si>
     <t>QUAL O MOTIVO DA MOROSIDADE DA LIBERAÇÃO DOS PROJETOS NO SETOR DE ENGENHARIA E URBANISMO, DEVIDO AO GRANDE NÚMERO DE RECLAMAÇÕES JUNTO AO PODER LEGISLATIVO? - EXISTE ALGUM ESTUDO PARA DAR MAIOR CELERIDADE SOBRE ESTA SITUAÇÃO?</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1517/201909170706_0003.pdf</t>
   </si>
   <si>
     <t>COMO SÃO FEITOS OS ACOMPANHAMENTOS DE CADA SECRETÁRIA OU ÓRGÃO RESPONSÁVEL PELOS CARROS QUANDO SÃO LEVADOS PARA MANUTENÇÃO? - QUEM É O RESPONSÁVEL POR CONFERIR AS PEÇAS DOS CARROS RECEBIDOS E UTILIZADOS NO CONSERTO, QUEM CONFERE O VALOR DAS PEÇAS E ONDE FICAM ARMAZENADOS AS PEÇAS QUE SÃO TROCADAS?</t>
   </si>
@@ -5003,81 +5003,81 @@
   <si>
     <t>QUAL O MOTIVO DA LOCAÇÃO DE IMÓVEL PARA REALIZAR O TREINAMENTO PARA A BOCHA E O BOLÃO. A SECRETARIA POSSUI ORÇAMENTO PRÉVIO PARA ESTE GASTO? EM CASO POSITIVO QUANDO FOI SOLICITADO A LICITAÇÃO PARA ESTE GASTO? COMO ESTAS DUAS MODALIDADES SÃO UMA DAS QUE MAIS RECEBEM ORÇAMENTO, NÃO PODERIA SER APLICADO NAS CATEGORIAS DE BASE DE OUTROS ESPORTES?</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1524/201909240701_0006.pdf</t>
   </si>
   <si>
     <t>- POR QUE NÃO FOI REINSTALADA A PLACA DE IDENTIFICAÇÃO DA LINHA RUSTIK APÓS A SUA RETIRADA POR ESTAR MAL LOCALIZADA?</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1533/201910010700_0004.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DE QUANTAS CIRURGIAS FORAM REALIZADAS NO HOSPITAL PADRE TEZZA  NESTE ANO ACERCA DE RETIRADA DE ÚTERO. REQUER A IDENTIFICAÇÃO DAS PESSOAS QUE REALIZARAM ATRAVÉS DE NOME OU DOCUMENTO DE IDENTIFICAÇÃO. REQUER TAMBÉM  A LISTA DE PACIENTES COM OUTRAS DOENÇAS QUE REALIZARAM CIRURGIA NESTE HOSPITAL.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1547/201910080704_0003.pdf</t>
   </si>
   <si>
     <t>PORQUE NÃO ESTÁ FUNCIONANDO O SISTEMA “EMPRESA FÁCIL”, UMA VEZ QUE A JUNTA COMERCIAL JÁ MINISTROU TREINAMENTO E CAPACITAÇÃO AOS SERVIDORES? QUAL O MOTIVO DA NÃO IMPLANTAÇÃO DO SISTEMA?</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1548/201910080704_0002.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DE QUANTAS PESSOAS EXISTEM NA FILA DE ESPERA PARA ATENDIMENTO DE ESPECIALIDADES NA SECRETARIA DE SAÚDE, BEM COMO SUA IDENTIFICAÇÃO POR NOME OU DOCUMENTO, QUANTO TEMPO ESTÃO ESPERANDO, POR QUAL ATENDIMENTO ESTÃO ESPERANDO OU TRATAMENTO DE QUAL DOENÇA?</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1549/201910080704_0001.pdf</t>
   </si>
   <si>
     <t>- POR QUAL MOTIVO NÃO FORAM INSTALADOS APARELHOS DE AR CONDICIONADO NA ÁREA CENTRAL DO POSTO DE SAÚDE DA VILA PASA?</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>Bedeco, Carlos Caon, Jebson Bozio, Kika, Rafinha, Toninho</t>
+    <t>Bedeco, Carlos Caon, Jebson Bozio, Kika, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1550/201910080703.pdf</t>
   </si>
   <si>
     <t>INFORMAR E REQUERER O QUE SEGUE: INFORMAR QUE EM 04 DE OUTUBRO DE 2019 COMPARECEU A SEDE DA CÂMARA MUNICIPAL O SERVIDOR COMISSIONADO LEANDRO FIDELIS QUE AFIRMOU EXISTIR CONDUTAS IRREGULARES DOS SECRETÁRIOS DE SAÚDE E DE AGRICULTURA CONFORME PASSO A DESCREVER EM APERTADO RESUMO. 1. QUE O SECRETÁRIO DE AGRICULTURA GELSON LODI TERIA PROPOSITALMENTE DANIFICADO PATRIMÔNIO PÚBLICO (NOTEBOOK SOB O N. 7432) E AINDA DEIXADO DE INFORMAR ESSE FATO AOS SETORES RESPONSÁVEIS EM DESACORDO COM LEGISLAÇÃO MUNICIPAL; 2. QUE O VEÍCULO COM PLACAS AWK-6516 DA SECRETARIA DE SAÚDE FOI DANIFICADO E TAL FATO NÃO FOI INFORMADA AOS SETORES RESPONSÁVEIS SOBRE SINISTRO, CONDUTOR, EXISTÊNCIA DE BOLETIM DE OCORRÊNCIA, RESPONSABILIDADE SOBRE O PAGAMENTO DOS DANOS E ETC; EM DESACORDO COM LEGISLAÇÃO MUNICIPAL; E 3. QUE A SECRETÁRIA DE SAÚDE TERIA NEGADO FAZER O PAGAMENTO DO CONSERTO DE IMPRESSORA DA VIGILÂNCIA QUE FOI REQUERIDO PELO SERVIDOR LEANDRO FIDELIS. AS TRÊS SITUAÇÕES VÊM ACOMPANHADAS DE DOCUMENTOS QUE ESTAMOS</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1565/201910150655_0001.pdf</t>
   </si>
   <si>
     <t>REQUER A COORDENAÇÃO DA SECRETARIA DE EDUCAÇÃO JUNTAMENTE COM O DEPARTAMENTO DE TRÂNSITO PARA QUE ORIENTEM OS MOTORISTAS DE ÔNIBUS E VANS ESCOLARES QUANTO AO RESPEITO A DEMARCAÇÃO DE ESTACIONAMENTO EXCLUSIVO E O SEU USO NO SENTIDO DE NÃO ATRAPALHAR O TRÂNSITO EM FRENTE AS ESCOLAS.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1566/201910150655_0002.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INICIADO PROCESSO ADMINISTRATIVO (ART. 86 E SEGUINTES DA LEI 8666/93) PARA APURAÇÃO SOBRE A INADIMPLÊNCIA CONSTANTE DE CONTRATO ADMINISTRATIVO POR PARTE DA EMPRESA ROSÂNGELA GONÇALVES ME E, SENDO COMPROVADO O DESCUMPRIMENTO DE SUAS OBRIGAÇÕES CONTRATUAIS, SEJA RESCINDIDO O CONTRATO E QUE SEJA PROIBIDA DE LICITAR E CONTRATAR COM NOSSO MUNICÍPIO, CONFORME DISPOSTO NA LEI DE LICITAÇÕES.</t>
   </si>
@@ -5126,63 +5126,63 @@
   <si>
     <t>ACERCA DOS FUNCIONÁRIOS QUE ESTÃO SE APOSENTANDO POR TEMPO DE SERVIÇO E POSSUEM LICENÇA PRÊMIO VENCIDA, QUAL O MÉTODO ESCOLHIDO PARA DIFERIR OS QUE RECEBEM EM VALOR E OS QUE DEVEM GOZAR DA LICENÇA?</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1610/201911190616_0004.pdf</t>
   </si>
   <si>
     <t>O CIRCO INSTALADO NO PARQUE DE EXPOSIÇÕES RETIROU ALVARÁ DE FUNCIONAMENTO E TODAS AS LICENÇAS NECESSÁRIAS COMO CORPO DE BOMBEIROS E VIGILÂNCIA SANITÁRIA?; - AS DESPESAS COM ÁGUA E ENERGIA ELÉTRICA SERÁ CUSTEADA PELO CIRCO OU PELO MUNICÍPIO?</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1611/201911190616_0003.pdf</t>
   </si>
   <si>
     <t>- REQUER INFORMAÇÕES ACERCA DO ATENDIMENTO DOS DENTISTAS NOS POSTOS DE SAÚDE. - QUANTAS PESSOAS SÃO ATENDIDAS POR DIA EM CADA UNIDADE DE SAÚDE E O TOTAL MENSAL DE ATENDIMENTOS?</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>Aldair, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Rafinha, Toninho</t>
+    <t>Aldair, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1612/201911190616_0002.pdf</t>
   </si>
   <si>
     <t>- HÁ PROJETOS OU ESTUDOS PARA FAZER A LIGAÇÃO DA ÁGUA DA LINHA COZER?</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>Adilto Caon, Bedeco, Carlos Caon, Rafinha, Toninho</t>
+    <t>Adilto Caon, Bedeco, Carlos Caon, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1642/20191203081550204_0006.pdf</t>
   </si>
   <si>
     <t>O QUE FALTA PARA REGULARIZAR A DOCUMENTAÇÃO DO COLÉGIO DO CAMPO SÃO JOÃO BATISTA LASALLE E ESCOLA MUNICIPAL MARINO ROSSI QUE JÁ PERDEU RECURSOS ESTADUAIS E FEDERAIS? A SECRETARIA DE EDUCAÇÃO ESTÁ PROCURANDO SOLUCIONAR ESTE PROBLEMA?.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1643/20191203081550204_0005.pdf</t>
   </si>
   <si>
     <t>DEMONSTRAÇÃO DETALHADAS DAS CONTAS DE ILUMINAÇÃO PÚBLICA EM RELAÇÃO A ARRECADAÇÃO E VALOR PAGO MENSAL DOS GASTOS PÚBLICOS.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1652/20191210080033454.pdf</t>
   </si>
   <si>
     <t>- ENCAMINHAR TODA DOCUMENTAÇÃO DO PROCESSO LICITATÓRIO Nº 143/2019 SOBRE REGISTRO DE PREÇO DE QUILOMETRAGEM PARA PRESTAÇÃO DE SERVIÇO DE TRANSPORTE ESCOLAR DE ALUNOS DA REDE PÚBLICA DE ENSINO DE MATELÂNDIA._x000D_
 - REQUER AS FILMAGENS PARA ANÁLISE.</t>
@@ -5526,51 +5526,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1164/201902120525_0007.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1165/201902120525_0006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1166/201902120525_0005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1167/201902120525_0004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1168/201902120622_0004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1169/201902120622_0003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1170/201902120622_0002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1171/201902120622_0001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1177/201902190618_0005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1178/201902190618_0006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1179/201902190618_0007.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1180/201902190618_0008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1181/201902190618_0009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1182/201902190618_0010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1183/201902190618_0011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1184/201902190618_0012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1185/201902190618_0013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1186/201902190618_0014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1187/201902190618_0015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1191/201902260609_0001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1201/201902260609_0002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1202/201902260609_0003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1203/201902260609_0004.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1215/201903120706_0008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1216/201903120706_0009.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1217/201903120706_0007.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1218/201903120706_0010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1234/201903190712_0004.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1235/201903190712_0003.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1236/201903190712_0002.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1237/201903190712_0001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1238/201903260703_0001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1266/201904090706_0001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1274/201904160712_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1276/201904230701_0001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1277/201904230701_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1278/201904230701_0002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1285/201904300707_0008.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1286/201904300707_0007.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1287/201904300707_0006.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1288/201904300707_0005.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1289/201904300707_0004.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1290/201904300707_0003.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1296/201905070654_0006.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1297/201905070654_0005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1298/201905070654_0004.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1299/201905070654_0003.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1300/201905070654_0002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1301/201905070654_0001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1311/201905140701_0006.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1313/201905140701_0007.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1314/201905140701_0008.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1315/201905140701_0009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1316/201905140701_0010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1336/201905280711_0009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1337/201905280711_0008.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1338/201905280711_0007.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1339/201905280711_0006.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1340/201905280711_0005.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1341/201905280711_0004.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1348/201906040703_0007.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1349/201906040703_0005.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1350/201906040703_0004.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1351/201906040703_0006.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1352/201906040703_0003.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1361/201906180704_0005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1362/201906110702_0006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1363/201906110702_0005.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1364/201906110702_0004.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1365/201906110702_0003.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1366/201906110702_0002.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1367/201906110702_0001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1368/201906180704_0002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1369/201906180704_0003.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1370/201906180704_0004.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1390/201907020702_0009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1391/201907020702_0008.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1392/201907020702_0007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1393/201907020702_0006.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1394/201907020702_0005.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1395/201907020702_0004.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1401/201907090717_0003.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1402/201907090717_0002.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1409/201907160718_0002.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1417/201908060700_0003.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1418/201908060700_0004.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1429/201908130704_0001.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1430/201908130704_0002.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1431/201908130704_0003.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1432/201908130704_0004.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1433/201908130704_0005.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1434/201908130704_0006.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1435/201908130704_0007.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1450/201908200637_0006.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1451/201908200637_0005.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1452/201908200637_0004.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1453/201908200637_0003.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1454/201908200637_0002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1455/201908200637_0001.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1456/indicacao_no_105-2019_-rafael_bedeco__-lama_as_4erntEo.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1474/201908270702_0006.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1475/201908270702_0005.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1476/201908270702_0004.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1477/201908270702_0003.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1482/201909030700_0004.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1483/201909030700_0003.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1484/201909030700_0002.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1485/201909030700_0002.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1496/201909100706_0004.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1497/201909100706_0001.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1498/201909100706_0003.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1499/201909100706_0002.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1511/201909170706_0006.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1512/201909170706_0007.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1513/201909170706_0008.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1514/201909170706_0009.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1526/201909240701_0001.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1527/201909240701.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1530/201910010700_0001.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1531/201910010700_0002.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1532/201910010700_0003.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1543/201910080704_0004.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1544/201910080704_0005.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1545/201910080704_0006.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1546/201910080704_0007.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1569/201910150655_0004.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1585/201911120605_0001.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1586/201911120605_0002.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1587/201911120605_0003.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1588/201911120605_0004.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1589/201911120605_0005.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1590/201911120605_0006.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1591/201911120605_0007.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1603/201911190616_0010.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1604/201911190616_0009.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1605/201911190616_0008.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1606/201911190616_0007.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1607/201911190616_0006.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1609/201911190616_0005.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1626/201911260616_0002.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1627/201911260616_0003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1628/201911260616_0003.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1629/201911260616_0005.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1630/201911260616_0006.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1638/20191203081550204_0004.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1639/20191203081550204_0003.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1640/20191203081550204_0002.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1641/20191203081550204_0001.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1653/20191217081157352_0004.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1654/20191217081157352_0005.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1172/201902120525_0003.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1173/201902120525_0002.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1204/201902260609_0005.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1205/201902260609_0006.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1222/201903120706_0002.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1223/201903120706_0003.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1224/201903120706_0001.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1231/201903190712_0007.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1240/201903260703_0003.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1241/201903260703_0004.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1264/201904090706_0003.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1265/201904090706_0002.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1295/201905070654_0010.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1318/201905140701_0005.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1319/201905140701_0004.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1320/201905140701_0003.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1321/201905140701_0002.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1322/201905140701_0001.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1333/201905280711_0001.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1334/201905280711_0002.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1355/201906040703_0008.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1372/201906180704_0006.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1397/201907020702_0003.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1398/201907020702_0002.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1404/201907090717_0001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1406/201907160718_0001.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1439/201908130704_0010.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1442/201908130704_0011.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1443/201908130704_0012.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1471/201908270702_0002.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1472/201908270702_0001.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1500/201909100706_0007.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1501/201909100706_0005.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1502/201909100706_0006.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1534/201910010700_0005.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1568/201910150655_0005.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1596/201911120605_0013.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1597/201911120605_0012.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1613/201911190616_0001.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1631/201911260616_0001.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1656/20191217081157352_0001.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1658/20191217081157352_0003.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1660/scan_20200227_091815584.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1160/201901031111.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1161/201901100557-1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1162/201901100557.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1163/201901170705.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1175/201902150744.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1176/201902150748.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1195/201902250608.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1196/201902251416.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1197/201902251416-1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1198/201902251416-2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1199/201902251454.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1200/201902251455.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1206/201903011400.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1207/201903011401.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1208/201903011402.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1209/201903110707.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1210/201903110708.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1211/201903110710.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1212/201903110710-1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1213/201903110711.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1214/201903110712.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1225/201903151320.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1226/201903151456.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1227/201903151457.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1228/201903151457-1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1229/201903151514.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1230/201903151514-1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1242/201903291517.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1243/201903291519.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1244/201903291519-1.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1245/201903291520.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1246/201903291521.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1250/201904050814.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1252/201904050817.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1253/201904050817-1.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1254/201904050817-2.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1255/201904151406.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1256/201904080740-1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1257/201904221038.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1258/201904080742.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1259/201904290914.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1260/201904080743.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1261/201904080747.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1262/201904080748.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1263/201904080748-1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1267/201904121529.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1268/201904121529-1.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1269/201904121529-2.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1280/201904261517.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1281/201904261518.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1282/201904261519.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1303/201905090802.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1302/201905081348.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1304/201905101421.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1305/201905101421-1.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1308/201905101428-1.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1309/201905101428-2.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1310/201905101429.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1323/201905171058.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1332/201905240806.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1342/201905311339.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1343/201906010651.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1344/201906010652.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1345/201906010653.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1346/201906010649.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1347/201906010650.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1356/201906071503.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1357/201906071504.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1358/201906100754.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1359/201906071507-1.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1360/201906071508.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1373/201906191536.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1374/201906191536-1.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1375/201906191537.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1376/201906280854.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1377/201906191538.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1382/201907011017.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1383/201907090831.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1384/201907090831-1.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1385/201907090832.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1386/201906281605-1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1387/201906281605-2.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1388/201906281609.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1389/201907020718.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1399/201907090857.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1400/201907081411.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1405/201907101221.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1411/201907291506-1.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1412/201907291507.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1413/201907291508.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1414/201907291508-1.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1415/201907291509.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1416/201907291510.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1424/201908081423.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1425/201908090941.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1426/201908090942.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1427/201908090943.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1428/201908090943-1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1444/201908190729.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1445/201908191334.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1446/201908191335.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1447/201908191336.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1448/201908191522.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1449/201908191522-1.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1459/201908231552.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1460/201908231553.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1461/201908231553-1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1462/201908231554.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1463/201908231554-1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1464/201908231555.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1465/201908261239.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1478/201908291414.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1490/201909041318.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1479/201909021505.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1481/201909021506-1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1491/201909051243.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1492/201909051244.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1493/201909051244-1.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1494/201909051245.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1495/201909051246.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1503/201909091620.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1504/201909131602-2.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1505/201909131602-1.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1506/201909131602.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1507/201909131601-1.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1508/201909131601.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1509/201909111332.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1510/201909161452-1.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1535/201910010723.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1525/201909231434.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1528/201909271417.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1529/201909301445.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1570/201910181434.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1539/201910041425-1.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1542/201910071359-2.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1552/201910101424.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1553/201910101425.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1554/201910101425-1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1556/201910101426.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1557/201910111601.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1558/201910111601-1.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1559/201910111602.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1560/201910111602-1.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1561/201910111602-2.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1562/201910111603.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1563/201910111603-1.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1564/201910111603-2.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1573/201911011441.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1574/201911270904.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1575/201911011543.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1614/201911221446.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1615/201911221447.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1576/201911081405.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1577/201911081405-1.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1580/201911081407.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1583/201911081410-1.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1584/201911081411.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1598/201911180751.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1599/201911180752.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1600/201911180752-1.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1601/201911180752-2.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1602/201911180753.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1616/201911250634.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1618/201911250649.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1619/201911221448.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1620/201911221448-1.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1621/201911221449.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1622/201911221449-1.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1624/201911221450.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1625/201911221450-1.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1632/20191129164153365.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1633/20191129164218818.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1634/20191129164243599.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1635/20191129164303015.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1636/20191129164323398.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1637/20191129164347633.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1644/20191209141003292.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1645/20191209140142918.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1646/20191209140500187.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1647/20191209140621847.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1648/20191209140712386.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1649/20191209140747254.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1650/20191209140834418.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1651/20191209140932682.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1194/201902221437.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1536/201910010729.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1659/20191217090810643.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1174/201902120525_0001.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1188/201902190618_0004.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1189/201902190618_0003.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1190/201902190618_0002.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1193/201902190618_0001.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1219/201903120706_0006.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1220/201903120706_0004.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1221/201903120706_0005.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1232/201903190712_0006.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1233/201903190712_0005.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1239/201903260703_0002.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1247/201904020701_0003.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1248/201904020701_0002.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1249/201904020701_0001.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1270/201904160712_0003.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1271/201904160712_0002.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1272/201904160712_0004.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1273/201904160712_0005.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1275/201904230701_0004.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1283/201904300707_0001.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1284/201904300707_0002.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1291/201905070654_0007.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1292/201905070654_0008.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1293/201905070654_0009.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1317/201905140701_0011.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1335/201905280711_0003.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1353/201906040703_0002.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1354/201906040703_0001.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1396/201907020702_0001.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1371/201906180704_0001.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1407/201907160716.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1408/201907160717.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1410/201907160718_0003.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1419/201908060700_0005.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1420/201908060700_0006.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1421/201908060700_0009.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1422/201908060700_0010.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1423/201908060710.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1436/201908130704_0008.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1457/201908200637_0007.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1458/201908200637_0008.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1466/201908270702_0009.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1469/201908270702_0008.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1470/201908270702_0007.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1486/201909030700_0006.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1487/201909030700_0007.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1488/201909030700_0008.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1489/201909030700_0009.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1515/201909170706_0001.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1516/201909170706_0002.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1517/201909170706_0003.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1518/201909170706_0004.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1519/201909170706_0005.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1520/201909240701_0002.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1521/201909240701_0003.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1522/201909240701_0004.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1523/201909240701_0005.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1524/201909240701_0006.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1533/201910010700_0004.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1547/201910080704_0003.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1548/201910080704_0002.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1549/201910080704_0001.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1550/201910080703.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1565/201910150655_0001.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1566/201910150655_0002.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1567/201910150655_0003.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1592/201911120605_0008.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1593/201911120605_0009.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1594/201911120605_0010.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1595/201911120605_0011.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1610/201911190616_0004.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1611/201911190616_0003.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1612/201911190616_0002.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1642/20191203081550204_0006.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1643/20191203081550204_0005.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2019/1652/20191210080033454.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H492"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="107.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="121.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="131.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>