--- v0 (2025-11-29)
+++ v1 (2026-02-27)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Bedeco, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Bedeco, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1677/scan_20200211_082506184_012.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL LIMPEZA COM ROÇADA NAS VIAS PÚBLICAS NO LOTEAMENTO RIO MAR III, NO LOTEAMENTO BOTESINI, BEM COMO A MANUTENÇÃO E DESOBSTRUÇÃO DAS BOCAS DE LOBO EXISTENTES.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1678/scan_20200211_082506184_011.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ESTUDOS PARA IMPLANTAR UM ESPAÇO DEFINITIVO PARA AS FEIRAS LIVRES QUE ACONTECEM NO SÁBADO NA PRAÇA SÉTIMO BARCAROLLO COM ESTRUTURA COBERTA, FORNECIMENTO DE ÁGUA, SANITÁRIOS, BEM COMO ORGANIZAR O ESTACIONAMENTO COM VAGAS DISPOSTAS EM QUARENTA E CINCO GRAUS PARA AUMENTAR O NÚMERO DE VAGAS.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>3</t>
   </si>
@@ -108,201 +108,201 @@
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PINTURA DE FAIXA CENTRAL NA PARTE RECÉM ASFALTADA DAS COMUNIDADES DA VILA BRASIL E BARREIRÃO.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Adilto Caon, Carlos Caon, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1680/scan_20200211_082506184_009.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL MELHORIAS COM URGÊNCIA NA ESTRADA DA COMUNIDADE DA PICADA BENJAMIN.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Bedeco, Rafinha, Toninho</t>
+    <t>Bedeco, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1681/scan_20200211_082506184_008.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL EXECUTAR ARBORIZAÇÃO EM TORNO DO POSTO DE SAÚDE DA VILA PASA TANTO NA AVENIDA NEREU RAMOS E RUA SÃO PAULO. INDICA-SE A ADEQUAÇÃO DO TERRENO AO LADO PARA ESTACIONAMENTO DE VEÍCULOS PARA OS FUNCIONÁRIOS DO POSTO.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1682/scan_20200211_082506184_007.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM PROJETO DE CALÇAMENTO PARA A LINHA VACARIA. INDICA-SE A COLOCAÇÃO DE PLACA INDICATIVA DA COMUNIDADE E NO ENTRONCAMENTO DE SENTIDO PARA LINHA VACARIA E LINHA DO RIO SABIÁ.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1683/scan_20200211_082506184_006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A READEQUAÇÃO E COLOCAÇÃO DE CALÇAMENTO NA RUA DAS PALMEIRAS NA VILA PASA, BEM COM MELHORIAS NA ILUMINAÇÃO PÚBLICA LOCAL.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Rafinha, Toninho</t>
+    <t>Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1684/scan_20200211_082506184_005.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS NO CENTRO DE GERAÇÃO DE RENDA TAIS COMO: ROÇADA NO SEU ENTORNO, INSTALAÇÃO DE APARELHO DE AR CONDICIONADO, INSTALAÇÃO DE TELINHAS CONTRA INSETOS, MELHORIAS NA COZINHA, ORGANIZAR E REALIZAR A DEFINIÇÃO DE UMA DIRETORIA PARA ADMINISTRAR O LOCAL.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1685/scan_20200211_082506184_004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTINUAÇÃO DO ASFALTO NA RUA ASSIS BRASIL ATÉ O SEU TÉRMINO, NO JARDIM TROPICAL, BEM COMO ASFALTAMENTO NA RUA MINAS GERAIS NO BAIRRO SÃO CRISTÓVÃO TAMBÉM ATÉ O SEU TÉRMINO.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>Nei Gasparin, Rafinha, Toninho</t>
+    <t>Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1686/scan_20200211_082506184_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE O DEPARTAMENTO PERTINENTE NOTIFIQUE OU APLIQUE MULTAS AOS PROPRIETÁRIOS DOS LOTES/TERRENOS QUE NÃO REALIZAREM A LIMPEZA ADEQUADA.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Aldair, Kika, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1690/scan_20200218_083735448_014.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS NA RUA JULHO CEZAR COMO ILUMINAÇÃO PÚBLICA, LAMA ASFÁLTICA DESOBSTRUÇÃO DAS GALERIAS PLUVIAIS, NO SÃO CRISTÓVÃO. INDICA COLOCAÇÃO DE LAMA ASFÁLTICA NA RUA SÃO JOÃO E RUA COPACABANA E TODA A EXTENSÃO DA RUA JK. INDICA MELHORIAS NA RUA MATO GROSSO EM TODA SUA EXTENSÃO, MELHORIAS NO GINÁSIO DE ESPORTES DO SÃO CRISTÓVÃO COM ASFALTO E CALÇADA AO LADO DO POSTO DE SAÚDE, MELHORIAS NAS DEMAIS RUAS DO BAIRRO VILA PASA E SÃO CRISTÓVÃO.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1691/scan_20200218_083735448_009.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NA RECEPÇÃO DE TODOS AS UNIDADES BÁSICAS DE SAÚDE.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>Jebson Bozio, Rafinha, Toninho</t>
+    <t>Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1692/scan_20200218_083735448_008.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PAVIMENTAÇÃO NAS CASINHAS DO SUB-50 E PROVISORIAMENTE READEQUAÇÃO DAS RUAS COM CONSTRUÇÃO DE GALERIAS PLUVIAIS E COLOCAÇÃO DE MEIO FIO.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1693/scan_20200218_083735448_015.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE PARQUINHO PARA CRIANÇAS NA PRAÇA PRÓXIMO À IGREJA MATRIZ.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>Adilto Caon, Bedeco, Rafinha</t>
+    <t>Adilto Caon, Bedeco, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1694/scan_20200218_083735448_007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SUBSTITUIÇÃO DE TODA ILUMINAÇÃO POR LÂMPADAS DE LED DA AVENIDA GETÚLIO VARGAS, NA VILA ESMERALDA.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>Bedeco, Rafinha</t>
+    <t>Bedeco, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1695/scan_20200218_083735448_006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE LIXEIRA NA AVENIDA BLUMENAU ESQUINA COM SANTA CATARINA, NA VILA ESMERALDA.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1696/scan_20200218_083735448_010.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE TAMPA DE BOCA DE LOBO NO FINA DA AVENIDA PRINCIPAL, ÚLTIMA RUA ANTÔNIO DA COSTA.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>18</t>
   </si>
@@ -384,51 +384,51 @@
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL MANUTENÇÃO DO CALÇAMENTO COM LAMA ASFÁLTICA EM FRENTE À COOPERATIVA AGROINDUSTRIAL LAR, ATÉ O DISTRITO DE AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Aldair, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1708/scan_20200303_082043143_004.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL REALIZAÇÃO DE CALÇAMENTO EM TODAS AS RUAS DA COMUNIDADE DE MARQUEZITA.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Rafinha</t>
+    <t>Bedeco, Gabriel Cadini, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1709/scan_20200303_082043143_005.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE PARQUE INFANTIL NA ESCOLA VOVÔ CASSIANO E NA PRAÇA DA IGREJA MATRIZ.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1710/scan_20200303_081927427.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL QUE O DEPARTAMENTO DE TRÂNSITO FAÇA A PINTURA DE FAIXAS DE ALERTA COM CORES DESIGNADAS DESTA FINALIDADE NAS PROXIMIDADES DE ESCOLAS, CONFORME FOTOS EM ANEXO</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>27</t>
   </si>
@@ -564,81 +564,81 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1738/scan_20200317_081826383_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA BURACOS NO CALÇAMENTO DA RUA SÃO PAULO EM TODA A SUA EXTENSÃO</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1744/scan_20200414_081943840_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE REPETIDOR DA SINALIZAÇÃO DO SEMÁFORO NA PARTE DEBAIXO DO POSTE PARA MELHORAR A VISUALIZAÇÃO DOS PEDESTRES E MOTORISTAS.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>Aldair, Gabriel Cadini, Jebson Bozio, Rafinha</t>
+    <t>Aldair, Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1745/scan_20200414_081943840_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL JUNTO A SECRETARIA DE SAÚDE PARA INICIAR TRATATIVAS JUNTO AO GOVERNO DO ESTADO DO PARANÁ PARA REATIVAR A ESTRUTURA DO ANTIGO HOSPITAL CARAVÁGGIO E PREPARAR PARA O TRATAMENTO DOS PACIENTES  DA COVID-19.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>Adilto Caon, Bedeco, Jebson Bozio, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Adilto Caon, Bedeco, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1766/scan_20200505_083119543_002.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE CALÇAMENTO COM ALARGAMENTO DA ESTRADA QUE LIGA AGROCAFEEIRA A COMUNIDADE LINHA DUARTE, PASSANDO PELA PROPRIEDADE DO SR. ANDRÉ SILVA.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>Adilto Caon, Bedeco, Rafinha, Toninho</t>
+    <t>Adilto Caon, Bedeco, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1767/scan_20200505_083119543_001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL JUNTO A SECRETARIA DE AGRICULTURA A LIMPEZA DE MINA COM A RETROESCAVADEIRA PARA QUE O PROPRIETÁRIO POSSA REALIZAR A COLOCAÇÃO DE MANILHAS E INSTALAÇÃO DE BOMBA PARA O VERTEDOURO DE ANIMAIS, NA PROPRIEDADE DO SR. AILTON BATILHA, NO ALTO BARREIRÃO.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1769/scan_20200512_081706548_001.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA CURITIBA, NO LOTEAMENTO BARCAROLO, EM AGROCAFEEIRA</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>43</t>
   </si>
@@ -705,108 +705,108 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1786/scan_20200528_074545668_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL CANALIZAÇÃO DAS ÁGUAS QUE ESCORREM DO PARQUE DE EXPOSIÇÕES QUE DESCE PARA A LINHA OURO VERDE QUE ESTÁ DETERIORANDO O CALÇAMENTO E PROVOCANDO EROSÕES NO TRECHO.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1787/scan_20200528_074545668_002.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL IMPLANTAÇÃO DE CALÇAMENTO A PARTIR DO CRUZAMENTO DA ESTRADA NO SENTIDO BARREIRÃO, QUE PASSA PELA FÁBRICA DE SORVETE MANIA, PASSANDO PELA EXTENSÃO TOTAL DA LINHA ZANATA.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Rafinha, Toninho</t>
+    <t>Bedeco, Gabriel Cadini, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1789/scan_20200602_075416402_001.pdf</t>
   </si>
   <si>
     <t>CASCALHAMENTO NA RUA JK DE OLIVEIRA EM AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1812/scan_20200609_074458566_005.pdf</t>
   </si>
   <si>
     <t>– INDICA AO EXECUTIVO MUNICIPAL JUNTO AO DEPARTAMENTO DE TRÂNSITO A COLOCAÇÃO DE PLACAS NOMINATIVAS DE RUAS NA VILA ESMERALDA. INDICA-SE A COLOCAÇÃO DE LUMINÁRIA NO POSTE DA RUA PONTA GROSSA, PRÓXIMO AO LAVA CAR DO SECO, NA VILA ESMERALDA.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Adilto Caon, Aldair, Bedeco, Carlos Caon, Edson Alves , Gabriel Cadini, Jebson Bozio, Kika, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1813/scan_20200609_074458566_004.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL QUE A TRANSPOSIÇÃO ORÇAMENTÁRIA DA CÂMARA MUNICIPAL DE MATELÂNDIA, SEJA UTILIZADA PARA O PAGAMENTO DA FOLHA SALARIAL DE TODOS OS SERVIDORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Aldair, Gabriel Cadini, Nei Gasparin</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1814/scan_20200609_074458566_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE LÂMPADA DE LED EM TODA A EXTENSÃO DA AVENIDA TANCREDO NEVES ATÉ A UNIDADE DE AVES DA LAR, EM AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>Aldair, Gabriel Cadini, Nei Gasparin, Rafinha</t>
+    <t>Aldair, Gabriel Cadini, Nei Gasparin, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1815/scan_20200609_074458566_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE GALERIAS PLUVIAIS NA RUA SANTA CATARINA, ESQUINA COM A RUA MATO GROSSO E NEREU RAMOS, NA VILA PASA. INDICA-SE COLOCAÇÃO DE ASFALTO NA RUA SANTA CATARINA.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1817/scan_20200616_081041230.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE CALÇAMENTO POLIÉDRICO NAS QUADRAS DA COMUNIDADE DE VILA ESMERALDA</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>56</t>
   </si>
@@ -825,165 +825,165 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1824/scan_20200623_072701747_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL JUNTO A SECRETARIA COMPETENTE QUE FAÇA O PATROLAMENTO NA ESTRADA DE ACESSO À PROPRIEDADE DA SRA. EDNA GOULART, NO BARREIRÃO E PATROLAMENTO NA ESTRADA DE ACESSO À PROPRIEDADE DO SR. ROQUE PELEGRINI, NO SANTA LÚCIA</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1825/scan_20200623_072701747_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NAS SEGUINTES RUAS E AVENIDAS: CARLOS TURRI, ARGEMIRO LUIZ FONTANA, AMÉRICO VESPÚCIO, MARECHAL FLORIANO, DALCANALLE, JOSUÉ DE CASTRO, AVENIDA BRASIL, SÃO PAULO, JÚLIO CEZAR, NOSSA SENHORA DE CARAVÁGGIO, BRUNO MARROCO, ATÍLIO MENONCIN, GENTIL PICCOLI, PRIMO COSTENARO, LEONTINA CAPETEELI, MANOEL RIBAS, MARCELINO BOZIO, AVENIDA IPIRANGA, PROFESSORA LERIDES PAGNOCELLI LIMA, COPACABANA, SÃO JOÃO, AVENIDA PARANÁ, GABRIBALDI ATÉ A RUA LINO DALL POZZO, BENTO GONÇALVES E GENERAL DUTRA.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Rafinha</t>
+    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1828/scan_20200630_073941343.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REGULARIZAÇÃO DOS LOTEAMENTOS QUE SE ENCONTRAM IRREGULARES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Gabriel Cadini, Jebson Bozio, Rafinha</t>
+    <t>Aldair, Bedeco, Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1837/scan_20200714_091840844_001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DO MEDICAMENTO IVERMECTINA PARA PREVENÇÃO E AUXÍLIO NO COMBATE AO COVID.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Gabriel Cadini, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Aldair, Bedeco, Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1838/scan_20200714_091840844_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE KIT DE TESTE DE COVID 19 PARA A SECRETARIA DE SAÚDE</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Jebson Bozio, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1845/scan_20200804_082134113_004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A HIGIENIZAÇÃO DE TODOS OS ESPAÇOS PÚBLICOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1846/scan_20200804_082134113_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O PATROLAMENTO NA ESTRADA DA LINHA PIETROBON, A PARTIR DO SÍTIO DO SR. ROQUE DAL POZZO ATÉ A ANTIGA LÂNDIA.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1847/scan_20200804_082134113_002.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE LAMA ASFÁLTICA A PARTIR DA RUA DA LINO DAL POZZO ATÉ AS PROXIMIDADES DO ABATEDOURO PARADA, NO CRUZEIRINHO.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>Gabriel Cadini, Rafinha</t>
+    <t>Gabriel Cadini, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1848/scan_20200804_082134113_001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL IMPLANTAÇÃO DE UM SISTEMA INTELIGENTE INTEGRADO DE COMUNICAÇÃO ENTRE AS SECRETARIAS E ADMINISTRAÇÃO.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1859/scan_20200811_075740724_001.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL REFORMA DA CAPELA MORTUÁRIA DE AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafinha</t>
+    <t>Aldair, Bedeco, Carlos Caon, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1860/scan_20200811_075740724_002.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL REFORMA DO CEMITÉRIO MUNICIPAL DE AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1861/scan_20200811_075740724_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL EXTENSÃO DA REDE DE ILUMINAÇÃO PÚBLICA NA RUA VITAL BRASIL, VILA NOVA NO BELA VISTA.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>69</t>
   </si>
@@ -1002,66 +1002,66 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1863/scan_20200811_075740724_005.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL EXTENSÃO DA REDE DE ÁGUA DA LINHA DO CRUZEIRINHO ATÉ A DIVISA COM O MUNICÍPIO DE MEDIANEIRA.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1864/scan_20200811_075740724_006.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL TROCA/CONSERTO DE TAMPA DE BOCA DE LOBO NA RUA BARÃO DO RIO BRANCO Nº 626, JARDIM TROPICAL, NA RUA GENERAL DUTRA Nº 2064, VILA NOVA, BEM COMO A REALIZAÇÃO DE LEVANTAMENTO E CONSERTO DE TODAS AS TAMPAS  QUEBRADAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafinha</t>
+    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1865/scan_20200811_075740724_007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE DUAS LOMBADAS NA RUA RAUL MOTA EM AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Aldair, Bedeco, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1866/scan_20200811_075740724_008.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL AQUISIÇÃO DE CAMAS DE AVIÁRIOS PARA OS AVICULTORES COM O OBJETIVO DE REPASSAR EM FORMA DE SUBSÍDIO AOS AGRICULTORES, PRINCIPALMENTE OS FULMICUTORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1867/scan_20200811_075740724_009.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL READEQUAÇÃO DE MINAS DE ÁGUA EM PROPRIEDADES DE AGRICULTORES QUE ESTÃO AGUARDANDO ESTE SERVIÇO HÁ MUITO TEMPO POR ESTE SERVIÇO</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>75</t>
   </si>
@@ -1173,66 +1173,66 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1882/scan_20200818_074835019_007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PATROLAMENTO E CASCALHAMENTO NA ESTRADA MATELÂNDIA EM FRENTE AS CASAS ATÉ A PISTA DE MOTOCROSS.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1892/scan_20200824_100917557.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE LOMBADA NA AVENIDA INDEPENDENTE, PROXIMIDADES DA CASA DA AMIZADE, NO SENTIDO DA RUA MARGINAL.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>Kika, Rafinha</t>
+    <t>Kika, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1900/scan_20200831_101310654_001.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ABERTURA E ATENDIMENTO DA POPULAÇÃO DOS POSTOS DE SAÚDE DE VILA ESMERALDA E MARQUEZITA;</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>Gabriel Cadini, Jebson Bozio, Rafinha</t>
+    <t>Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1901/scan_20200831_101310654_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA PRAÇA SÉTIMO BARCAROLLO</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1902/scan_20200831_101310654_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RESOLUÇÃO DO PROBLEMA DO ESCOAMENTO DAS ÁGUAS PLUVIAIS NA AVENIDA GETÚLIO VARGAS ENTRE AS RUAS NAPOLEÃO LAUREANO E ONZE DE JUNHO</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>88</t>
   </si>
@@ -1374,102 +1374,102 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1933/scan_20200921_101205434_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REALIZAÇÃO DE MELHORIAS NA ENTRADA DA PROPRIEDADE DO SENHOR PAULO ALBAM NA LINHA PANISSON, DESDE O CALÇAMENTO ATÉ A PROPRIEDADE.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1934/scan_20200921_101205434_004.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVISÃO/ALTERAÇÃO DO PLANO DIRETOR NA DIMINUIÇÃO DA METRAGEM MÍNIMA DOS TERRENOS E VAGAS DE GARAGEM.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>Gabriel Cadini, Nei Gasparin, Rafinha</t>
+    <t>Gabriel Cadini, Nei Gasparin, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1938/scan_20200928_104434112.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE LAMA ASFÁLTICA NAS RUAS JOÃO PEGORARO, JOSÉ PEGORARO, FRANCISCO RISSATO(AO LADO DAS 149 CASAS E DO COLÉGIO MUNICIPAL).</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1943/scan_20201006_074539297.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONCLUSÃO DA RUA NEREU RAMOS EM SUA EXTENSÃO TOTAL.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1954/scan_20201013_095230424_003.pdf</t>
   </si>
   <si>
     <t>- INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA SILVA JARDIM COM PATROLAMENTO E ROLO COMPACTADOR</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1955/scan_20201013_095230424_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA DA ESCOLA PARQUE ATÉ FAZENDA LEÃO E MARQUEZITA COM PATROLAMENTO E ROLO COMPACTADOR.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>Gabriel Cadini, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Gabriel Cadini, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1965/scan_20201026_095026261_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE A PROVA DE VIDA DE APOSENTADOS E PENSIONISTAS QUE TIVEREM QUE SE DESLOCAR SEJA FEITA POR SERVIDORES QUE SE DESLOQUEM AO LOCAL DA RESIDÊNCIA DO BENEFICIÁRIO.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1966/scan_20201026_095026261_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE O PODER PÚBLICO ENTRE EM CONTATO COM A COPEL SOLICITANDO A INSTALAÇÃO DE POSTES NA RUA FRANCISCO RISSATO, EM AGROCAFEEIRA.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>107</t>
   </si>
@@ -3669,78 +3669,78 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2020/scan_20201218_092233029.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CREDITO ADICIONAL ESPECIAL NO VALOR DE R$ 241,35</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2021/scan_20201218_092245198.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CREDITO ADICIONAL ESPECIAL NO VALOR DE R$ 11.339,01</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>Rafinha</t>
+    <t>Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2023/scan_20201221_075232422.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADAO HONORÁRIO DO MUNICIPÍO DE MATELÂNDIA , ESTADO DO PARANA AO ESCELENTISSIMO SENHOR PAULO LITRO, DEPUTADO ESTADUAL</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1747/scan_20200415_083748282.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO NA RESOLUÇÃO Nº 02/2007 – CÓDIGO DE ÉTICA E DECORO PARLAMENTAR – QUE DISPÕE SOBRE DESCONTO NO SUBSÍDIO DOS VEREADORES POR FALTAS EM SESSÕES ORDINÁRIAS</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>Aldair, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Aldair, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1827/scan_20200625_130423923.pdf</t>
   </si>
   <si>
     <t>INSTITUI RITOS DE PROCEDIMENTOS PARA A REALIZAÇÃO DE SESSÕES ORDINÁRIAS E EXTRAORDINÁRIAS, NA MODALIDADE REMOTA, NO ÂMBITO DA CÂMARA MUNICIPAL DE MATELÂNDIA – PR</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2004/scan_20201130_102350044.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PROGRAMAÇÃO FINANCEIRA E O CRONOGRAMA DE DESEMBOLSO MENSAL E BIMESTRAL PARA O EXERCÍCIO FINANCEIRO DE 2021, DO PODER LEGISLATIVO DE MATELÂNDIA.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
@@ -3808,123 +3808,123 @@
   <si>
     <t>EXISTE PREVISÃO OU PROJETO PARA A ABERTURA DO CANTEIRO CENTRAL DA AVENIDA PARANÁ NOS CRUZAMENTOS DAS RUAS DALCANALE E BENTO GONÇALVES? EM CASO NEGATIVO, NÃO PODE SER INCLUÍDO ESTES SERVIÇOS DE ABERTURA PARA MELHORAR A TRAFEGABILIDADE NESTES LOCAIS?</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1740/scan_20200317_081826383_004.pdf</t>
   </si>
   <si>
     <t>COMO ESTÁ O PLANEJAMENTO DAS INSTALAÇÕES DE PONTO DE ÔNIBUS PARA OS ESTUDANTE E TRABALHADORES DA LAR NOS INTERIORES DO NOSSO MUNICÍPIO? EXISTE UMA DEFINIÇÃO DE INSTALAÇÃO E EM CASO POSITIVO EM QUAIS LOCAIS?</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1746/scan_20200414_081943840_001.pdf</t>
   </si>
   <si>
     <t>HÁ PLANEJAMENTO PARA REALIZAR O TÉRMINO DO ASFALTO NA RUA ASSIS BRASIL? EM CASO NEGATIVO PODERIA SER INCLUÍDO NO ORÇAMENTO DO MUNICÍPIO A EXECUÇÃO DESTA OBRA?</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>Bedeco, Jebson Bozio, Rafinha</t>
+    <t>Bedeco, Jebson Bozio, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1768/scan_20200505_083119543_003.pdf</t>
   </si>
   <si>
     <t>HÁ PLANEJAMENTO PARA SER APRESENTADO O PLANO DIRETOR QUE TRATARÁ DO DESENVOLVIMENTO NO MUNICÍPIO? EM CASO POSITIVO EM QUAL DATA APROXIMADA O EXECUTIVO PRETENDE APRESENTÁ-LO?</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Jebson Bozio, Rafinha, Toninho</t>
+    <t>Aldair, Bedeco, Jebson Bozio, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1770/scan_20200512_081706548_004.pdf</t>
   </si>
   <si>
     <t>HÁ UM ESTUDO PARA QUE A RUA AURÉLIO BATISTA DALL POZZO RETORNE A SER MÃO DUPLA? EM CASO NEGATIVO EXISTE ESTA POSSIBILIDADE DE RETORNAR AO ESTADO ANTERIOR, BEM COMO SE HÁ PLANEJAMENTO PARA CONSTRUÇÃO DE CALÇADA DE PEDESTRES?</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1771/scan_20200512_081706548_003.pdf</t>
   </si>
   <si>
     <t>HÁ PREVISÃO DE REALIZAR A COLOCAÇÃO DE LAMA ASFÁLTICA NA RUA PROFESSORA LERIDES PAGNOCELLI LIMA E O CONSERTO DA CICLOVIA?</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1772/scan_20200512_081706548_002.pdf</t>
   </si>
   <si>
     <t>SOBRE O POSTO DE SAÚDE DA VILA PAZZA: - O NÚMERO DE FUNCIONÁRIOS É SUFICIENTE PARA O BOM ATENDIMENTO DAQUELE BAIRRO? QUAIS SÃO OS EXAMES DE ROTINA SOLICITADOS PELOS PACIENTES, SE TEM SIDO PRIORIZADOS ESTES ATENDIMENTOS E SE EXISTEM MUITOS PACIENTES EM ESPERA PARA REALIZAÇÃO DOS EXAMES?</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1788/scan_20200528_074545668_001.pdf</t>
   </si>
   <si>
     <t>- INFORMAÇÕES SOBRE O SORTEIO DAS CASAS CONVENIADAS COM A ITAIPU. - COMO FOI REALIZADO O SORTEIO? FORAM RESPEITADOS OS REQUISITOS DE PREFERÊNCIA PARA OS IDOSOS E PESSOAS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1790/scan_20200602_075416402_005.pdf</t>
   </si>
   <si>
     <t>REQUER A RELAÇÃO DOS NOMES DOS SERVIDORES PÚBLICOS EM ATIVIDADE QUE SOLICITARAM E RECEBERAM A AJUDA EMERGENCIAL PARA O COMBATE A COVID19. - QUAIS AS MEDIDAS QUE SERÃO TOMADAS PELO EXECUTIVO MUNICIPAL FRENTE A ESTES FATOS?</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafinha, Toninho</t>
+    <t>Bedeco, Gabriel Cadini, Jebson Bozio, Nei Gasparin, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1791/scan_20200602_075416402_004.pdf</t>
   </si>
   <si>
     <t>QUAL O MOTIVO DA FALTA DE RECOLHA DO LIXO RECICLÁVEL PELO CAMINHÃO DA COLETA SELETIVA NAS COMUNIDADES DO INTERIOR QUE TEM SE ACUMULADO, COMO EXEMPLO DA COMUNIDADE DO ALTO BARREIRÃO CONFORME FOTOS EM ANEXO? - TEM ALGUM PLANEJAMENTO PARA MELHORAR ESTE SERVIÇO?</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>Aldair, Bedeco, Rafinha, Toninho</t>
+    <t>Aldair, Bedeco, Rafael Cabral Felisberto, Toninho</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1792/scan_20200602_075416402_003.pdf</t>
   </si>
   <si>
     <t>EXISTE ALGUM PLANEJAMENTO PARA COLOCAÇÃO DE GALERIA PLUVIAL BEM COMO LAMA ASFÁLTICA NA RUA COPACABANA? EM CASO POSITIVO, QUANDO SERÁ REALIZADA</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1793/scan_20200602_075416402_002.pdf</t>
   </si>
   <si>
     <t>- EXISTE ALGUM PLANEJAMENTO PARA REALIZAR A READEQUAÇÃO DO FINAL DA RUA SANTA CATARINA NA VILA ESMERALDA?</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1839/scan_20200714_091840844_003.pdf</t>
   </si>
   <si>
     <t>POR QUAL MOTIVO OS VEREADORES NÃO SÃO CONVIDADOS A PARTICIPAREM DA REUNIÃO DO COE(CENTRO DE OPERAÇÕES DE EMERGÊNCIA)?</t>
   </si>
@@ -4369,51 +4369,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1677/scan_20200211_082506184_012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1678/scan_20200211_082506184_011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1679/scan_20200211_082506184_010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1680/scan_20200211_082506184_009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1681/scan_20200211_082506184_008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1682/scan_20200211_082506184_007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1683/scan_20200211_082506184_006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1684/scan_20200211_082506184_005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1685/scan_20200211_082506184_004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1686/scan_20200211_082506184_003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1690/scan_20200218_083735448_014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1691/scan_20200218_083735448_009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1692/scan_20200218_083735448_008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1693/scan_20200218_083735448_015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1694/scan_20200218_083735448_007.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1695/scan_20200218_083735448_006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1696/scan_20200218_083735448_010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1697/scan_20200218_083735448_005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1698/scan_20200218_083735448_013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1699/scan_20200218_083735448_011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1700/scan_20200218_083735448_012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1706/scan_20200303_082043143_002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1707/scan_20200303_082043143_003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1708/scan_20200303_082043143_004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1709/scan_20200303_082043143_005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1710/scan_20200303_081927427.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1711/scan_20200303_082043143_006.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1712/scan_20200303_081951702.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1713/scan_20200303_082043143_007.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1728/scan_20200310_081415403.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1729/scan_20200310_081348191.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1730/scan_20200310_081256821_001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1731/scan_20200310_081256821_003.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1732/scan_20200310_081256821_002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1733/scan_20200310_081256821_004.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1737/scan_20200317_081826383_001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1738/scan_20200317_081826383_002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1744/scan_20200414_081943840_002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1745/scan_20200414_081943840_003.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1766/scan_20200505_083119543_002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1767/scan_20200505_083119543_001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1769/scan_20200512_081706548_001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1778/scan_20200519_083542007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1782/scan_20200528_074545668_007.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1783/scan_20200528_074545668_006.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1784/scan_20200528_074545668_004.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1785/scan_20200528_074545668_005.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1786/scan_20200528_074545668_003.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1787/scan_20200528_074545668_002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1789/scan_20200602_075416402_001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1812/scan_20200609_074458566_005.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1813/scan_20200609_074458566_004.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1814/scan_20200609_074458566_003.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1815/scan_20200609_074458566_002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1817/scan_20200616_081041230.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1823/scan_20200623_072701747_001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1824/scan_20200623_072701747_002.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1825/scan_20200623_072701747_003.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1828/scan_20200630_073941343.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1837/scan_20200714_091840844_001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1838/scan_20200714_091840844_002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1845/scan_20200804_082134113_004.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1846/scan_20200804_082134113_003.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1847/scan_20200804_082134113_002.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1848/scan_20200804_082134113_001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1859/scan_20200811_075740724_001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1860/scan_20200811_075740724_002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1861/scan_20200811_075740724_003.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1862/scan_20200811_075740724_004.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1863/scan_20200811_075740724_005.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1864/scan_20200811_075740724_006.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1865/scan_20200811_075740724_007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1866/scan_20200811_075740724_008.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1867/scan_20200811_075740724_009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1868/scan_20200811_075740724_010.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1869/scan_20200811_075740724_011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1876/scan_20200818_074835019_001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1877/scan_20200818_074835019_002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1878/scan_20200818_074835019_003.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1879/scan_20200818_074835019_004.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1880/scan_20200818_074835019_005.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1881/scan_20200818_074835019_006.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1882/scan_20200818_074835019_007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1892/scan_20200824_100917557.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1900/scan_20200831_101310654_001.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1901/scan_20200831_101310654_002.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1902/scan_20200831_101310654_003.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1904/scan_20200908_094857273_006.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1905/scan_20200908_094857273_005.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1906/scan_20200908_094857273_004.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1907/scan_20200908_094857273_002.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1908/scan_20200908_094857273_002.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1909/scan_20200908_094857273_001.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1920/scan_20200914_101403499_003.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1921/scan_20200914_101403499_002.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1922/scan_20200914_101403499_001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1931/scan_20200921_101205434_001.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1932/scan_20200921_101205434_002.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1933/scan_20200921_101205434_003.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1934/scan_20200921_101205434_004.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1938/scan_20200928_104434112.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1943/scan_20201006_074539297.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1954/scan_20201013_095230424_003.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1955/scan_20201013_095230424_002.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1965/scan_20201026_095026261_002.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1966/scan_20201026_095026261_003.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1967/scan_20201026_095026261_004.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1974/scan_20201103_101641702_007.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1975/scan_20201103_101641702_006.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1976/scan_20201103_101641702_005.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1978/scan_20201103_101641702_003.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1999/scan_20201123_103253043_002.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2000/scan_20201123_103253043_003.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2001/scan_20201123_103253043_004.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2002/scan_20201123_103253043_005.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1849/scan_20200804_082134113_005.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1850/scan_20200804_082134113_006.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1851/scan_20200804_082134113_007.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1852/scan_20200804_082134113_009.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1853/scan_20200804_082134113_008.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1977/scan_20201103_101641702_002.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1979/scan_20201103_101641702_003.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1980/scan_20201103_101641702_004.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2005/scan_20201130_102435348.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1661/scan_20200113_095136764.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1662/scan_20200113_095219073.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1663/scan_20200113_095325425.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1664/scan_20200113_095504940.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1665/scan_20200113_095659629.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1666/scan_20200113_095857297.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1667/scan_20200113_100009828.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1668/scan_20200113_100210578.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1669/scan_20200113_110223734.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1670/scan_20200113_110446492.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1671/scan_20200120_105900918.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1672/scan_20200120_111106653.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1673/scan_20200207_101206724.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1675/scan_20200207_101449361.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1676/scan_20200210_110314092.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1689/scan_20200217_152619069.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1704/scan_20200228_162440155.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1705/scan_20200228_162639839.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1715/scan_20200303_085707055.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1725/scan_20200309_152732976.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1716/scan_20200309_150751418.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1717/scan_20200309_151211258.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1718/scan_20200309_151238422.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1719/scan_20200309_151323601.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1720/scan_20200309_152924614.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1721/scan_20200309_151350754.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1722/scan_20200309_151411929.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1723/scan_20200309_151448183.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1724/scan_20200309_151515370.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1726/scan_20200309_151539515.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1727/scan_20200309_151612682.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1734/scan_20200313_150411988.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1735/scan_20200313_150433242.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1741/scan_20200330_082807220.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1742/scan_20200330_082828463.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1743/scan_20200330_082846638.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1748/scan_20200415_083854535.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1749/scan_20200415_083912713.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1750/scan_20200415_083927879.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1751/scan_20200415_083949083.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1752/scan_20200415_084028285.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1753/scan_20200417_081112014.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1754/scan_20200417_081142295.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1755/scan_20200417_081209564.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1756/scan_20200417_081224713.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1757/scan_20200417_081239882.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1758/scan_20200504_080234723.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1759/scan_20200504_080314089.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1760/scan_20200504_080338349.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1761/scan_20200504_080353533.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1762/scan_20200504_080414715.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1763/scan_20200504_080441959.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1764/scan_20200504_080524270.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1765/scan_20200504_080539485.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1773/scan_20200511_080411269.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1774/scan_20200518_084431720.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1775/scan_20200518_084516969.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1776/scan_20200518_084550203.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1777/scan_20200518_084614421.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1779/scan_20200521_081629791.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1780/scan_20200527_104800739.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1781/scan_20200527_104849014.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1794/scan_20200602_074431220.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1795/scan_20200602_074455495.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1796/scan_20200602_074510679.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1797/scan_20200602_083058850.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1798/scan_20200602_074622922.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1799/scan_20200602_074650124.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1800/scan_20200602_074717346.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1801/scan_20200602_074738554.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1802/scan_20200602_074759763.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1803/scan_20200602_074839226.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1804/scan_20200602_074839226.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1805/scan_20200602_074900388.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1806/scan_20200602_074921571.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1807/scan_20200608_111727828.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1808/scan_20200608_111813177.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1809/scan_20200608_111852426.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1810/scan_20200608_111928692.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1811/scan_20200608_111955857.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1816/scan_20200615_114527610.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1826/scan_20200623_075721166.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1818/scan_20200622_081353202.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1819/scan_20200622_081453657.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1820/scan_20200622_081538984.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1821/scan_20200622_081630317.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1822/scan_20200622_081721630.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1830/scan_20200713_083954569.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1831/scan_20200713_084018828.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1832/scan_20200713_084122145.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1833/scan_20200713_084155290.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1834/scan_20200713_084236658.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1835/scan_20200713_084318902.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1836/scan_20200713_084352118.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1829/scan_20200630_081602846.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1841/scan_20200803_103208779.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1842/scan_20200803_103235955.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1843/scan_20200803_103257122.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1844/scan_20200803_103309284.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1854/scan_20200807_113759880.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1855/scan_20200807_113818174.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1856/scan_20200807_113845340.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1857/scan_20200807_113903510.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1858/scan_20200807_113933679.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1870/scan_20200814_110048264.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1873/scan_20200814_110239997.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1875/scan_20200814_110446571.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1885/scan_20200821_114456954.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1886/projeto_de_lei_114-2020-19a__alteracao_ldo.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1887/scan_20200821_114625709.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1888/scan_20200821_114652937.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1889/scan_20200821_114753216.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1890/scan_20200821_114817439.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1891/scan_20200821_114847616.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1893/scan_20200828_110538235.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1894/scan_20200828_110553477.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1895/scan_20200828_110617651.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1896/scan_20200828_110643865.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1897/scan_20200828_110705028.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1898/scan_20200828_110729198.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1899/scan_20200828_110753361.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1903/scan_20200902_111457536.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1912/scan_20200908_104102278.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1913/scan_20200908_104120446.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1914/scan_20200908_104138567.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1915/scan_20200908_104202736.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1916/scan_20200909_082411240.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1923/scan_20200914_114506492.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1924/scan_20200914_114527705.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1925/scan_20200914_114551861.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1926/scan_20200914_114616030.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1927/scan_20200918_115650995.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1928/scan_20200918_115706145.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1929/scan_20200918_115721285.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1930/scan_20200918_115733378.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1939/scan_20200930_101257587.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1944/scan_20201009_115155418.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1940/scan_20201002_115448092.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1941/scan_20201002_115509315.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1945/scan_20201009_115623300.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1946/scan_20201009_115641471.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1947/scan_20201009_115659666.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1948/scan_20201009_115714808.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1949/scan_20201009_115741963.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1950/scan_20201016_120147683.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1951/scan_20201016_120205881.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1952/scan_20201016_120224048.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1957/scan_20201016_113617533.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1958/scan_20201016_113632725.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1960/scan_20201021_075946460.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1963/scan_20201023_113954591.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1964/scan_20201023_114015791.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1970/scan_20201103_074549646.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1971/scan_20201103_074605022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1972/scan_20201103_074620163.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1973/scan_20201103_074638312.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1969/scan_20201109_095423960.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1981/scan_20201109_073721776.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1982/scan_20201109_073746011.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1983/scan_20201109_073804169.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1984/scan_20201109_073816245.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1985/scan_20201109_092708097.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1986/scan_20201109_092723353.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1987/scan_20201109_092741630.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1988/scan_20201113_124024559.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1989/scan_20201113_124313000.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1990/scan_20201113_124331163.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1991/scan_20201113_124346297.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1992/scan_20201113_124401435.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1993/scan_20201113_124416582.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1994/scan_20201113_124428698.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1995/scan_20201113_124440812.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1996/scan_20201123_074606589.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1997/scan_20201123_074630763.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1998/scan_20201123_074707001.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2007/scan_20201207_075259194.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2008/scan_20201207_075411586.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2009/scan_20201207_075517959.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2010/scan_20201207_084835661.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2012/scan_20210219_153224635.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2013/scan_20201214_083214394.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2014/scan_20201214_082147848.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2015/scan_20201214_082221096.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2016/scan_20201214_082336336.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2020/scan_20201218_092233029.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2021/scan_20201218_092245198.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2023/scan_20201221_075232422.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1747/scan_20200415_083748282.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1827/scan_20200625_130423923.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2004/scan_20201130_102350044.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1687/scan_20200211_082506184_001.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1688/scan_20200211_082506184_002.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1701/scan_20200218_083735448_001.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1702/scan_20200218_083735448_002.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1703/scan_20200218_083735448_003.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1714/scan_20200303_082043143_001.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1739/scan_20200317_081826383_003.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1740/scan_20200317_081826383_004.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1746/scan_20200414_081943840_001.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1768/scan_20200505_083119543_003.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1770/scan_20200512_081706548_004.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1771/scan_20200512_081706548_003.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1772/scan_20200512_081706548_002.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1788/scan_20200528_074545668_001.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1790/scan_20200602_075416402_005.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1791/scan_20200602_075416402_004.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1792/scan_20200602_075416402_003.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1793/scan_20200602_075416402_002.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1839/scan_20200714_091840844_003.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1840/scan_20200714_091840844_004.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1883/scan_20200818_074835019_008.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1884/scan_20200818_074835019_009.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1910/scan_20200908_094857273_008.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1911/scan_20200908_094857273_007.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1935/scan_20200921_101205434_005.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1936/scan_20200921_101205434_006.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1937/scan_20200921_101205434_007.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1953/scan_20201013_095230424_001.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/1968/scan_20201026_095026261_005.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2020/2003/scan_20201130_095325052_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H361"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="107.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="121.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="117.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>