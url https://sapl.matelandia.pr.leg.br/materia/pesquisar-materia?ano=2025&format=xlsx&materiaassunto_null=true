--- v0 (2025-11-29)
+++ v1 (2026-02-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4456" uniqueCount="2027">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4864" uniqueCount="2195">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -100,51 +100,51 @@
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4486/indicacao_01.pdf</t>
   </si>
   <si>
     <t>IINDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO ROTATÓRIA OU CONTINUAÇÃO DA RUA NAS REGIÕES DA RUA ORESTES VERDI, CLILTO ALGERI E HILÁRIO MARCOLIN, EM AGROCAFEEIRA. _x000D_
 _x000D_
 Justificativa: Atualmente as ruas não tem saída, dificultando a locomoção com carros para a região, considerando que está bem populosa essa área.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Fritz Mecânico, Jussara Scarparo de Oliveira, Rafinha, Stela Gaboardi</t>
+    <t>Fritz Mecânico, Jussara Scarparo de Oliveira, Rafael Cabral Felisberto, Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_02.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ANALISADO A POSSIBILIDADE DE ADQUIRIR A MULTI MISTURA DA PASTORAL DA SAÚDE E SEJA DISTRIBUÍDO PARA A POPULAÇÃO INFANTIL, GESTANTES, IDOSOS E QUEM NECESSITE._x000D_
 _x000D_
 Justificativa:  A Multi mistura já foi usada anteriormente no nosso município e teve ótimos resultados e atualmente é utilizada por muitos municípios para suplemento alimentar de gestantes, crianças e idosos por conter nutrientes que ajudam na saúde, fazendo com que as pessoas se fortaleçam na imunidade e não adoeçam tanto.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_03.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ANALISADO A POSSIBILIDADE DE CONSTRUÇÃO DE UM PARQUE URBANO NO DISTRITO  DE AGROCAFEEIRA, TENDO EM VISTA QUE O LOTE URBANO N 05, QUADRA N 11, LOCALIZADO NO LOTEAMENTO URBANO DENOMINADO “ RAUL MOTTA” PERTENCE AO MUNICÍPIO E AINDA TEM UMA VERTENTE DE ÁGUA, POSSIBILITANDO UM LAGO._x000D_
 _x000D_
 Justificativa: houve uma pesquisa entre os moradores do Distrito sobre o que gostariam que fosse feito no distrito e muitas pessoas sugeriram que fosse feito um Parque Urbano para encontro de famílias, caminhadas, lazer, atividades ao ar livre. Fui procurada pelo Sr. Giovane e Fernanda Bazzanela com a sugestão do lote acima citado, com a informação de ter essa vertente tendo a possibilidade de um lago no local, como o lote já pertence ao município, há uma grande possibilidade de se tornar realidade, trazendo mais qualidade de vida aos moradores de Agrocafeeira e região.</t>
   </si>
   <si>
     <t>4489</t>
@@ -301,68 +301,68 @@
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM PLANO DE DESENVOLVIMENTO FUTURO DO MUNICÍPIO COM MOBILIDADE URBANA E CONCLUSÃO DE ASFALTO EM TODOS OS BAIRROS E DISTRITOS.</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Juarez Greff, Leila da Saúde, Lucas Cadini, Serjão</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4500/indicacao_15.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA PROJETO DE CALÇADAS EM PAVER, DO CENTRO PARA OS BAIRROS.</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>Juarez Greff, Leila da Saúde, Lucas Cadini, Rafinha, Serjão, Stela Gaboardi</t>
+    <t>Juarez Greff, Leila da Saúde, Lucas Cadini, Rafael Cabral Felisberto, Serjão, Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4501/indicacao_17.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA ESTUDO DE REVITALIZAÇÃO NA RUA MATO GROSSO, NO BAIRRO VILA PASA, DA RUA PADRE ANCHIETA E MINAS GERAIS ATÉ A RUA DO CANTO._x000D_
 _x000D_
 Justificativa: A proposta de revitalização e ampliação da Rua Mato Grosso, no bairro Vila Passa, justifica-se pela necessidade de promover melhorias urbanísticas e proporcionar maior qualidade de vida aos moradores e frequentadores da região. A referida via possui espaço suficiente para a instalação de calçadas padronizadas, estacionamento ordenado e arborização, elementos essenciais para um ambiente mais acessível, seguro e agradável.</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>Rafinha, Stela Gaboardi</t>
+    <t>Rafael Cabral Felisberto, Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_17.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS, SEGURANÇA E MONITORAMENTO NO POLO DE SAÚDE DA VILA PAZZA/SÃO CRISTÓVÃO._x000D_
 _x000D_
 Justificativa: O Polo de Saúde localizado na Vila Pasa/São Cristóvão, atualmente desativado, foi alvo de invasão e vandalismo devido à falta de utilização e manutenção por parte do poder público. Essa situação tem causado grande preocupação entre os moradores das proximidades, gerando sensação de insegurança e desconforto.  _x000D_
 Além dos danos físicos ao espaço, a ausência de medidas preventivas reforça o sentimento de abandono da comunidade local, que anseia por soluções efetivas. A reativação do Polo de Saúde, acompanhada de investimentos em infraestrutura, segurança e monitoramento, não apenas revitalizará o espaço, mas também oferecerá serviços essenciais à população e contribuirá para a melhoria da qualidade de vida dos moradores.  _x000D_
 Propomos, portanto, que sejam tomadas providências para:  _x000D_
 1. Reestruturar o espaço físico do Polo de Saúde.  _x000D_
 2. Implementar medidas de segur</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Uni Rinaldi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4503/indicacao_18.pdf</t>
   </si>
@@ -615,51 +615,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4531/indicacao_37.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA REDUTOR DE VELOCIDADE NA RUA MUNHOZ DA ROCHA COM RUA ANTÔNIO ROSSATO.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4532/indicacao_38.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DE CONTINUIDADE DO ASFALTO DA COMUNIDADE LINHA COZER SENTIDO À COMUNIDADE SANTO ANTÔNIO, NO CAMPO DO BAHIA, BEIRA PARQUE NACIONAL DO IGUAÇU.</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>Fritz Mecânico, Rafinha, Stela Gaboardi</t>
+    <t>Fritz Mecânico, Rafael Cabral Felisberto, Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4533/indicacao_39.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO RECAPE ASFÁLTICO EM TODA A REGIÃO QUE FALTA NA AVENIDA BRASIL, NO BAIRRO SÃO CRISTÓVÃO. _x000D_
 _x000D_
 Justificativa: é uma região faz um bom tempo que aguarda por essa benfeitoria, observando que há muitos moradores</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4534/indicacao_40.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA COLOCADO ILUMINAÇÃO ADEQUADA NA PRAÇA PRÓXIMA À IGREJA MATRIZ, ONDE TEM O PARQUINHO E ONDE TEM OS BANCOS. _x000D_
 _x000D_
 Justificativa: Essa região é um espaço onde as pessoas gostam de frequentar, porém está muito escuro, gerando insegurança em quem está por ali.</t>
   </si>
   <si>
     <t>4535</t>
@@ -1050,51 +1050,51 @@
 _x000D_
 Justificativa: há 60 dias aproximadamente estará inaugurado a loja bem viver, e os proprietários estão aguardando essas melhorias para dar continuidade na obra.</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_71.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO A REVITALIZAÇÃO COMPLETA DA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL DOM BOSCO._x000D_
 _x000D_
 _x000D_
 Justificativa: A quadra está completamente destruída, não existe trave, pintura no chão, a cesta de basquete está toda quebrada. Segue em anexo as fotos.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>Rafinha</t>
+    <t>Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4567/indicacao_72.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA PAVIMENTAÇÃO DA ESTRADA NA LINHA ALEGRE, ENTRE AS PROPRIEDADES DO SR. NEURI CAPELETTO E DO SR. AUGUSTINHO DEBASTIANI ATÉ A BR-277.</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4588/indicacao_73.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE LAMA ASFÁLTICA, EM FRENTE AO ZORZINCO, NA SAÍDA PARA SANTA LÚCIA.</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>74</t>
   </si>
@@ -1244,51 +1244,51 @@
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4600/indicacao_85.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE FAZER UMA OPERAÇÃO TAPA BURACOS NA ESTRADA QUE LIGA MATELÂNDIA A MARQUESITA, COM URGÊNCIA.</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4601/indicacao_86.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADA GRAMA SINTÉTICA EM TODOS OS PLAYGROUNDS DOS CMEIS, ESCOLAS E PRAÇAS/PARQUES MUNICIPAIS, BEM COMO A INSTALAÇÃO DE CERCA DE PROTEÇÃO AO REDOR DOS MESMOS.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>Jussara Scarparo de Oliveira, Nei Gasparin, Rafinha, Stela Gaboardi</t>
+    <t>Jussara Scarparo de Oliveira, Nei Gasparin, Rafael Cabral Felisberto, Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4602/indicacao_87.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO LEVANTAMENTO DE TODAS AS BOCAS DE LOBOS/BUEIROS QUE SE ENCONTRAM QUEBRADOS/DANIFICADOS NO MUNICÍPIO, E SEJAM CONSERTADOS, COM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4603/indicacao_88.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL FAZER O  CALÇAMENTO NA ESTRADA QUE LIGA A COMUNIDADE DA LINHA VACARIA ATÉ A COMUNIDADE DO RIO SABIÁ.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>89</t>
   </si>
@@ -3560,51 +3560,51 @@
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>Jussara Scarparo de Oliveira, Leila da Saúde, Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4940/indicacao_263.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VEJA A POSSIBILIDADE DE FAZER UMA AÇÃO CIDADANIA PARA QUE DENTRE DE OUTROS SERVIÇOS SEJA FEITO COM URGÊNCIA MUTIRÃO PARA FAZER E REFAZER O RG._x000D_
 _x000D_
 Justificativa: há muitas filas principalmente para os idosos que devem fazer prova de vida para os bancos.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>Juarez Greff, Jussara Scarparo de Oliveira, Nei Gasparin, Rafinha, Stela Gaboardi</t>
+    <t>Juarez Greff, Jussara Scarparo de Oliveira, Nei Gasparin, Rafael Cabral Felisberto, Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4943/indicacao_264.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM PONTO DE ÔNIBUS NA REGIÃO PRÓXIMA AO BELVEDERE._x000D_
 _x000D_
 Justificativa: a região está populosa e as pessoas dependem da locomoção de ônibus, seria importante um ponto para maior conforto dos trabalhadores e moradores da localidade.</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4944/indicacao_265.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO UM ESTUDO DE PROJETO PARA REFORMA DO PRÉDIO DO PÁTIO DE MÁQUINAS COM BANHEIROS ADEQUADOS, COZINHA E UM ESPAÇO PARA AS REFEIÇÕES DOS FUNCIONÁRIOS E TAMBÉM UMA GUARITA NO PORTÃO DE ENTRADA COM UMA SALA DE ATENDIMENTO AO PÚBLICO.</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
@@ -3976,112 +3976,321 @@
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5013/indicacao_294.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIAS NA ESTRADA A PARTIR DA VILA RURAL SENTIDO LINHA SCOPEL E ANTIGA FAZENDA PINTO.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5017/indicacao_295.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO O ESTUDO DA POSSIBILIDADE INSTALAÇÃO DE UM QUEBRA MOLAS NO FINAL DO CALÇAMENTO DENTRO DA VILA MARQUESITA NAS PRÓXIMO AOS ÚLTIMOS MORADORES DA VILA.</t>
   </si>
   <si>
+    <t>5030</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5030/indicacao_296.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL FAZER UM PROJETO PARA CONTENÇÃO DA ÁGUA QUE ESTÁ DANIFICANDO A ENTRADA QUE DÁ ACESSO AO PAVILHÃO E A IGREJA CATÓLICA EM AGRO CAFEEIRA.</t>
+  </si>
+  <si>
+    <t>5031</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5031/indicacao_297.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL FAZER UMA CERCA DE CONTENÇÃO NA PRAÇA DA BIBLIOTECA_x000D_
+_x000D_
+Justificativa: as crianças jogam futebol e a bola acaba caindo na rua, o que é muito próxima ao fluxo grande de carros e caminhões trazendo um perigo constante para as crianças.</t>
+  </si>
+  <si>
+    <t>5032</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5032/indicacao_298.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA VIABILIZADO MELHORIAS NO ACESSO AO CENTRO DE ATENDIMENTO TERAPÊUTICO INTEGRADO(CATIN), COM ÁREA EXCLUSIVA PARA EMBARQUE/DESEMBARQUE DE PACIENTES E TOLDO DE PROTEÇÃO PARA OS DIAS DE CHUVA.</t>
+  </si>
+  <si>
+    <t>5033</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5033/indicacao_299.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA VERIFICADO A POSSIBILIDADE DE INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO NA RUA IPANEMA, NO TRECHO COMPREENDIDO ENTRE A RUA CARLOS TURRI E AV. CRISTÓVÃO COLOMBO._x000D_
+_x000D_
+Justificativa: devido ao grande fluxo de pessoas, inclusive crianças, que frequentam a apae e o ginásio municipal de esportes.</t>
+  </si>
+  <si>
+    <t>5034</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5034/indicacao_300.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA CONSTRUÍDO UM MONUMENTO À BÍBLIA SAGRADA._x000D_
+_x000D_
+Justificativa: considerando que o Brasil segue predominantemente cristão. A Bíblia é para os cristãos o fundamento da fé, guia de valores morais e espirituais.</t>
+  </si>
+  <si>
+    <t>5042</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5042/indicacao_301.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO QUE FAÇA A REVITALIZAÇÃO COM ESTACIONAMENTOS NAS LATERAIS DA RUA MATO GROSSO ENTRE A RUA PADRE ANCHIETA E A RUA DO CANTO NO BAIRRO VILA PASA.</t>
+  </si>
+  <si>
+    <t>5043</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5043/indicacao_302.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO QUE FAÇA QUE FAÇA CERCA DE PROTEÇÃO ENTORNO DA ACADEMIA E PARQUINHO DAS CRIANÇAS AO LADO DO CENTRO POLI ESPORTIVO NO BAIRRO VILA PASA._x000D_
+_x000D_
+Justicativa: para evitar possíveis acidentes com crianças que frequentam o local.</t>
+  </si>
+  <si>
+    <t>5044</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5044/indicacao_303.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO QUE REALIZE MELHORIAS COM PATROLAMENTO E COMPACTAÇÃO NA ESTRADA DA COMUNIDADE DO SILVA JARDIM E NA ESTRADA DE ACESSO AO DO POÇO ARTESIANO DA MESMA COMUNIDADE.</t>
+  </si>
+  <si>
+    <t>5045</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5045/indicacao_304.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA VIABILIZADO A CONSTRUÇÃO DE CICLOVIA NA MARGEM DA RUA PROFª. LERIDES PAGNOCELLI LIMA, NO TRECHO QUE COMPREENDE A ENTRADA DO CTG QUERÊNCIA NOVA ATÉ OS FUNDOS DO HORTO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>5047</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>Fritz Mecânico, Rafael Cabral Felisberto, Uni Rinaldi</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5047/indicacao_305.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE ASFALTO NA RUA CURITIBA EM AGROCAFEEIRA.</t>
+  </si>
+  <si>
+    <t>5048</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/indicacao_306.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE ASFALTO NA RUA SANTA CATARINA E RUA SÃO PAULO NA VILA ESMERALDA.</t>
+  </si>
+  <si>
+    <t>5049</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/indicacao_307.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE ASFALTO NA ESTRADA DA LINHA PISKE.</t>
+  </si>
+  <si>
+    <t>5050</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/indicacao_308.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO QUE REALIZE LIMPEZA NAS LATERAIS E NO BUEIRO DA ESTRADA CELMAR SOARES GOULART PARA QUE AGUA NÃO DANIFIQUE O ASFALTO.</t>
+  </si>
+  <si>
+    <t>5051</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5051/indicacao_309.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE ASFALTO NA LINHA RUSTIK E ALTO BARREIRÃO.</t>
+  </si>
+  <si>
+    <t>5052</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5052/indicacao_310.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE ASFALTO NA LINHA DALAZÉM.</t>
+  </si>
+  <si>
     <t>4583</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4583/mocao_01-25.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Matelândia, com iniciativa de todos os vereadores que compõem a 16ª legislatura externam MOÇÃO DE APLAUSO às mulheres pioneiras do nosso município que desempenharam um papel importantíssimo no nosso desenvolvimento, com força, coragem, determinação e companheirismo. Abriram caminhos para futuras gerações. Se estamos aqui hoje, se a nossa cidade existe é porque elas, junto com suas famílias lutaram bravamente para que isso acontecesse. Essas mulheres desafiaram barreiras, enfrentaram preconceitos e transformaram nossa cidade com coragem e determinação._x000D_
  Nossa eterna gratidão.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4782/mocao_02.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à Ação Direta de Inconstitucionalidade (ADI) nº 7796, proposta junto ao Supremo Tribunal Federal, que atenta contra a educação especial ao questionar a constitucionalidade das Leis Estaduais nº 17.656/2013 e nº 18.419/2015, as quais asseguram apoio do Governo do Paraná às instituições como as APAEs.</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>Fritz Mecânico, Juarez Greff, Jussara Scarparo de Oliveira, Leila da Saúde, Lucas Cadini, Nei Gasparin, Otoniel Júnior, Rafinha, Serjão, Stela Gaboardi, Uni Rinaldi</t>
+    <t>Fritz Mecânico, Juarez Greff, Jussara Scarparo de Oliveira, Leila da Saúde, Lucas Cadini, Nei Gasparin, Otoniel Júnior, Rafael Cabral Felisberto, Serjão, Stela Gaboardi, Uni Rinaldi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4882/mocao_03_de_pesar.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família Grando</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
     <t>Jussara Scarparo de Oliveira, Lucas Cadini, Otoniel Júnior, Uni Rinaldi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5006/mocao_no_04_de_aplauso.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Matelândia, com iniciativa de todos os vereadores que compõem a 16ª legislatura externam MOÇÃO DE APLAUSO ao Centro de Tradições Gaúchas Querência Nova de Matelândia – pelos 50 anos de existência. _x000D_
 A Câmara Municipal de Matelândia, por meio desta Moção de Aplausos, vem enaltecer e parabenizar o Centro de Tradições Gaúchas Querência Nova, que neste ano celebra 50 anos de história, cultura e tradição. _x000D_
 Fundado com o propósito de manter vivas as raízes do tradicionalismo gaúcho, o CTG Querência Nova tornou-se um verdadeiro símbolo de preservação cultural em nosso município, promovendo ao longo dessas cinco décadas incontáveis eventos, cavalgadas, danças, apresentações artísticas e atividades que fortalecem a identidade e o orgulho de nossa gente. _x000D_
 Esta homenagem se estende a todos os patrões e patronagens que, com dedicação, amor e voluntariado, conduziram o CTG ao longo dos anos, deixando cada um a sua marca nesta linda trajetória de sucesso. Foram homens e mulhere</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
-    <t>Serjão, Fritz Mecânico, Juarez Greff, Jussara Scarparo de Oliveira, Leila da Saúde, Lucas Cadini, Nei Gasparin, Otoniel Júnior, Rafinha, Stela Gaboardi, Uni Rinaldi</t>
+    <t>Serjão, Fritz Mecânico, Juarez Greff, Jussara Scarparo de Oliveira, Leila da Saúde, Lucas Cadini, Nei Gasparin, Otoniel Júnior, Rafael Cabral Felisberto, Stela Gaboardi, Uni Rinaldi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5019/mocao_05.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo de Matelândia, com iniciativa do vereador Sérgio Argente e apoio dos demais vereadores que compõem a 16ª legislatura externam MOÇÃO DE APLAUSO à Enfermeira Sandra de Oliveira da Silva Klumb pelo recebimento do Prêmio Alice Michaud.</t>
+  </si>
+  <si>
+    <t>5035</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5035/mocao_06.pdf</t>
+  </si>
+  <si>
+    <t>de Aplauso ao Sr. Antônio Cézar aAves</t>
+  </si>
+  <si>
+    <t>5070</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5070/mocao_07-25.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO PELOS 60 ANOS DE FUNDAÇÃO DA IGREJA EVANGELICA ASSEMBLÉIA DE DEUS DE MATELÂNDIA.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Administração Tributária, Financeira e Orçamentária</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4812/projeto_de_decreto_legislativo_no_01-25_-_aprova_as_contas_do_executivo_2023.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ DE RESPONSABILIDADE DO SR. MAXIMINO PIETROBON, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2023</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
     <t>Fritz Mecânico, Lucas Cadini, Serjão, Stela Gaboardi</t>
   </si>
@@ -5246,51 +5455,51 @@
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4848/projeto_de_lei_128-2025_-_r_60.00000_-_anulacao_especial.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 60.000,00 (SESSENTA MIL REAIS).</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>Jussara Scarparo de Oliveira, Lucas Cadini</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/projeto_de_lei_129-2025_-_capacitacao_50.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Qualificação e Inclusão Profissional de Pessoas com mais de 50 anos no mercado de trabalho e dá outras providências.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
-    <t>Juarez Greff, Rafinha</t>
+    <t>Juarez Greff, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4841/projeto_de_lei_no_130-25_-_institui_femma_calendario_oficial.pdf</t>
   </si>
   <si>
     <t>Institui o FEMA – Festival de Música de Matelândia no calendário oficial de eventos do Município de Matelândia e dá outras providências.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4852/projeto_de_lei_131-2025-tabela_de_procedimentos.pdf</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4853/projeto_de_lei_132-2025-ampliacao_assistente_social_e_psicologo.pdf</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4854/projeto_de_lei_133-2025_-_137a._alteracao_ppa.pdf</t>
   </si>
@@ -5582,60 +5791,60 @@
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 9.596.993,65 (NOVE MILHÕES, QUINHENTOS E NOVENTA E SEIS MIL, NOVECENTOS E NOVENTA E TRÊS REAIS E SESSENTA E CINCO CENTAVOS).</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4911/projeto_de_lei_167-2025_-_superavit_livre_r_1.093.47653.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO DE MATELÂNDIA/PR PARA O EXERCÍCIO 2025 E PROMOVE ALTERAÇÕES NO PLANO PLURIANUAL 2022-2025 E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS 2025</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4912/projeto_de_lei_168-2025_-_excesso_vinculado_r_8.811.05721_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 8.811.057,21 (OITO MILHÕES, OITOCENTOS E ONZE MIL, CINQUENTA E SETE REAIS E VINTE E UM CENTAVOS).</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
-    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4916/projeto_de_lei_169-2025-ppa.pdf</t>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4916/projeto_de_lei_169-2025-ppa_2026-2029_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2026/2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
-    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4917/projeto_de_lei_170-2025-ldo_2026.pdf</t>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4917/projeto_de_lei_170-2025-loa_2026_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4918/projeto_de_lei_171-2025-ampliacao_efetivos.pdf</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/projeto_de_lei_172-2025-cultura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICÍPIO DE MATELÂNDIA DE MATELÂNDIA DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/projeto_de_lei_173-2025-esportes.pdf</t>
   </si>
@@ -6038,50 +6247,56 @@
     <t>4990</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/projeto_de_lei_220-2025_-_r_110.00000_-_excesso_suplementar_cultura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 110.000,00 (CENTO E DEZ MIL REAIS).</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5002/projeto_de_lei_221-2025_-_parana_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CONSÓRCIO INTERGESTORES PARANÁ SAÚDE E DÁ OUTRAS PROVIDÊNCIAS – R$ 600.000,00 (SEISCENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5003/projeto_de_lei_222-2025_-_parana_saude.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CONSÓRCIO INTERGESTORES PARANÁ SAÚDE E DÁ OUTRAS PROVIDÊNCIAS – R$ 100.000,00 (CEM MIL REAIS).</t>
+  </si>
+  <si>
+    <t>5053</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5053/projeto_de_lei_223-2025-amplia_vaga_tecnico_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5007/projeto_de_lei_224-2025_-_149a._alteracao_ppa.pdf</t>
   </si>
   <si>
     <t>– DISPÕE SOBRE A CENTÉSIMA QUADRAGÉSIMA NONA REVISÃO DE METAS, PROPOSTA AO PLANO PLURIANUAL (PPA) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2022/2025, LEI Nº 4.752/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5008/projeto_de_lei_225-2025_-_33a._alteracao_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRIGÉSIMA TERCEIRA ALTERAÇÃO PROPOSTA A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ PARA O EXERCÍCIO FINANCEIRO DE 2025, LEI Nº 5.424/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5009/projeto_de_lei_226-2025_-_r_967.93945_-_anulacao_suplementar.pdf</t>
   </si>
@@ -6169,50 +6384,351 @@
     <t>5023</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/projeto_de_lei_235-2025_-_r_600.01300_-_excesso_suplementar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 600.013,00 (SEISCENTOS MIL, TREZE REAIS).</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5024/projeto_de_lei_236-2025_-_r_80.00000_-_anulacao_suplementar.pdf</t>
   </si>
   <si>
     <t>- AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE R$ 80.000,00 (OITENTA MIL REAIS).</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5025/projeto_de_lei_237-2025_-_r_150.00000_-_excesso_especial.pdf</t>
   </si>
   <si>
     <t>- AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 150.000,00 (CENTO E CINQUENTA MIL REAIS).</t>
+  </si>
+  <si>
+    <t>5026</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5026/projeto_de_lei_238-2025_-_152a._alteracao_ppa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CENTÉSIMA QUINQUAGÉSIMA SEGUNDA REVISÃO DE METAS, PROPOSTA AO PLANO PLURIANUAL (PPA) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2022/2025, LEI Nº 4.752/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5027</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5027/projeto_de_lei_239-2025_-_36a._alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A TRIGÉSIMA SEXTA ALTERAÇÃO PROPOSTA A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ PARA O EXERCÍCIO FINANCEIRO DE 2025, LEI Nº 5.424/2024, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>5028</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5028/projeto_de_lei_240-2025_-_r_20.50000_-_anulacao_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE R$ 20.500,00 (VINTE MIL, QUINHENTOS REAIS).</t>
+  </si>
+  <si>
+    <t>5029</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5029/projeto_de_lei_241-2025_-_r_186.85220_-_excesso_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 186.852,20 (CENTO E OITENTA E SEIS MIL, OITOCENTOS E CINQUENTA E DOIS REAIS E VINTE CENTAVOS).</t>
+  </si>
+  <si>
+    <t>5036</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5036/projeto_de_lei_242-2025_-_153a._alteracao_ppa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CENTÉSIMA QUINQUAGÉSIMA TERCEIRA REVISÃO DE METAS, PROPOSTA AO PLANO PLURIANUAL (PPA) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2022/2025, LEI Nº 4.752/2021, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>5037</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5037/projeto_de_lei_243-2025_-_37a._alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A TRIGÉSIMA SÉTIMA ALTERAÇÃO PROPOSTA A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ PARA O EXERCÍCIO FINANCEIRO DE 2025, LEI Nº 5.424/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5038</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5038/projeto_de_lei_244-2025_-_r_250.00000_-_excesso_especial.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS).</t>
+  </si>
+  <si>
+    <t>5039</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5039/projeto_de_lei_245-2025_-_r_843.75000_-_excesso_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>- AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 843.750,00 (OITOCENTOS E QUARENTA E TRÊS MIL, SETECENTOS E CINQUENTA REAIS).</t>
+  </si>
+  <si>
+    <t>5040</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5040/projeto_de_lei_246-2025_-_r_200.00000_-_anulacao_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE R$ 200.000,00 (DUZENTOS MIL REAIS).</t>
+  </si>
+  <si>
+    <t>5041</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5041/projeto_de_lei_247-2025_-_r_34.25751_-_anulacao_especial.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE R$ 34.257,51 (TRINTA E QUATRO MIL, DUZENTOS E CINQUENTA E SETE REAIS E CINQUENTA E UM CENTAVOS)</t>
+  </si>
+  <si>
+    <t>5054</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5054/projeto_de_lei_248-2025-insalubridade_merendeira.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO ADICIONAL DE INSALUBRIDADE AOS SERVIDORES PÚBLICOS OCUPANTES DO CARGO EFETIVO DE MERENDEIRA,_x000D_
+PERTENCENTES AO GRUPO OCUPACIONAL GOO, H-I, H-II, DA LEI Nº 3.468/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5055</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5055/projeto_de_lei_249-2025-alteracao_da_estrutura_administrativa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÕES DA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE MATELÂNDIA, INSTITUÍDA PELA LEI Nº 4.734/2021 E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5056</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5056/projeto_de_lei_250-2025_-_154a._alteracao_ppa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CENTÉSIMA QUINQUAGÉSIMA QUARTA REVISÃO DE METAS, PROPOSTA AO PLANO PLURIANUAL (PPA) DO MUNICÍPIO_x000D_
+DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2022/2025, LEI Nº 4.752/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5057</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5057/projeto_de_lei_251-2025_-_38a._alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A TRIGÉSIMA OITAVA ALTERAÇÃO PROPOSTA A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO) DO MUNICÍPIO DE_x000D_
+MATELÂNDIA, ESTADO DO PARANÁ PARA O EXERCÍCIO FINANCEIRO DE 2025, LEI Nº 5.424/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5058</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5058/projeto_de_lei_252-2025_-_r_166.40000_-_excesso_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE_x000D_
+ATÉ R$ 166.400,00 (CENTO E SESSENTA E SEIS MIL, QUATROCENTOS REAIS).</t>
+  </si>
+  <si>
+    <t>5059</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5059/projeto_de_lei_253-2025-alienacao_reserva_tecnica_13_agrocafeeira.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE MATELÂNDIA A PROCEDER A ALIENAÇÃO DE BEM IMÓVEL DO PATRIMÔNIO PÚBLICO MUNICIPAL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5060</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5060/projeto_de_lei_254-2025-politica_municipal_de_promocao_da_igualdade_racial_2.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MATELÂNDIA, A POLÍTICA MUNICIPAL DE PROMOÇÃO DA IGUALDADE RACIAL (PMPIR), CRIA O CONSELHO MUNICIPAL DE PROMOÇÃO DA IGUALDADE RACIAL (COMPIR) E O FUNDO MUNICIPAL DE PROMOÇÃO DA IGUALDADE RACIAL (FUMPIR), ADERE FORMALMENTE AO PROJETO "MUNICÍPIOS ANTIRRACISTAS - SELO DIVERSIDADE E PARANÁ PLURAL" E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5061</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5061/projeto_de_lei_255-2025-aluguel_social_.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 5.055, DE 27 DE JUNHO DE 2023, PARA INSTITUIR O BENEFÍCIO EVENTUAL DE ALUGUEL SOCIAL NO ÂMBITO DO SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL (SUAS) DO MUNICÍPIO DE MATELÂNDIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5062</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5062/projeto_de_lei_256-2025-assitente_social-reducao_da_jornada.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REDUÇÃO DA JORNADA DE TRABALHO DO CARGO DE ASSISTENTE SOCIAL PARA 30 (TRINTA) HORAS SEMANAIS, NO ÂMBITO DO PLANO DE CARGOS, CARREIRAS E REMUNERAÇÃO (PCCR) DO MUNICÍPIO DE MATELÂNDIA, INSTITUÍDO PELA LEI MUNICIPAL Nº 3.468/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5063</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5063/projeto_de_lei_257-2025_-_155a._alteracao_ppa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CENTÉSIMA QUINQUAGÉSIMA QUINTA REVISÃO DE METAS, PROPOSTA AO PLANO PLURIANUAL (PPA) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2022/2025, LEI Nº 4.752/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5064</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5064/projeto_de_lei_258-2025_-_39a._alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A TRIGÉSIMA NONA ALTERAÇÃO PROPOSTA A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ PARA O EXERCÍCIO FINANCEIRO DE 2025, LEI Nº 5.424/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5065</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5065/projeto_de_lei_259-2025_-_r_14.682.93564_-_excesso_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 14.682.935,64 (QUATORZE MILHÕES, SEISCENTOS E OITENTA E DOIS MIL, NOVECENTOS E TRINTA E CINCO REAIS E SESSENTA E QUATRO CENTAVOS).</t>
+  </si>
+  <si>
+    <t>5066</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5066/projeto_de_lei_260-2025_-_156a._alteracao_ppa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CENTÉSIMA QUINQUAGÉSIMA SEXTA REVISÃO DE METAS, PROPOSTA AO PLANO PLURIANUAL (PPA) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2022/2025, LEI Nº 4.752/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5067</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5067/projeto_de_lei_261-2025_-_40a._alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A QUADRAGÉSIMA ALTERAÇÃO PROPOSTA A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ PARA O EXERCÍCIO FINANCEIRO DE 2025, LEI Nº 5.424/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5068</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5068/projeto_de_lei_262-2025_-_r_20.975.34851_-_excesso_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE ATÉ R$ 20.975.348,51 (VINTE MILHÕES, NOVECENTOS E SETENTA E CINCO MIL, TREZENTOS E QUARENTA E OITO REAIS E CINQUENTA E UM CENTAVOS).</t>
+  </si>
+  <si>
+    <t>5069</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5069/projeto_de_lei_263-2025_-_familia_acolhedora.pdf</t>
+  </si>
+  <si>
+    <t>CRIA O SERVIÇO DE ACOLHIMENTO EM FAMÍLIA ACOLHEDORA, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>5071</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5071/projeto_de_lei_264-2025_-_157a._alteracao_ppa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CENTÉSIMA QUINQUAGÉSIMA SÉTIMA REVISÃO DE_x000D_
+METAS, PROPOSTA AO PLANO PLURIANUAL (PPA) DO MUNICÍPIO DE_x000D_
+MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2022/2025, LEI Nº_x000D_
+4.752/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5072</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/projeto_de_lei_265-2025_-_41a._alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A QUADRAGÉSIMA PRIMEIRA ALTERAÇÃO PROPOSTA_x000D_
+A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO) DO MUNICÍPIO DE MATELÂNDIA,_x000D_
+ESTADO DO PARANÁ PARA O EXERCÍCIO FINANCEIRO DE 2025, LEI Nº 5.424/2024,_x000D_
+E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5073</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5073/projeto_de_lei_266-2025_-_r_400.00000_-_anulacao_suplementar2.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO_x000D_
+ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE_x000D_
+R$ 400.000,00 (QUATROCENTOS MIL REAIS).</t>
+  </si>
+  <si>
+    <t>5074</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5074/projeto_de_lei_267-2025_-_158a._alteracao_ppa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CENTÉSIMA QUINQUAGÉSIMA OITAVA REVISÃO DE METAS, PROPOSTA AO PLANO PLURIANUAL (PPA) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ, PARA O QUADRIÊNIO 2022/2025, LEI Nº 4.752/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>5075</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5075/projeto_de_lei_268-2025_-_42a._alteracao_ldo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A QUADRAGÉSIMA SEGUNDA ALTERAÇÃO PROPOSTA A LEI DE DIRETRIZES ORÇAMENTÁRIAS (LDO) DO MUNICÍPIO DE MATELÂNDIA, ESTADO DO PARANÁ PARA O EXERCÍCIO FINANCEIRO DE 2025, LEI Nº 5.424/2024, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>5076</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5076/projeto_de_lei_269-2025_-_r_851.00000_-_excesso_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2025, NA IMPORTÂNCIA DE R$ 851.000,00 (OITOCENTOS E CINQUENTA E UM MIL REAIS).</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Lucas Cadini</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_resolucao_no_01-25_-_cronograma_de_desembolso_mensal.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PROGRAMAÇÃO FINANCEIRA E O CRONOGRAMA DE DESEMBOLSO MENSAL E BIMESTRAL PARA O EXERCÍCIO FINANCEIRO DE 2025, DO PODER LEGISLATIVO DE MATELÂNDIA.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4702/projeto_de_resolucao_no_02-25compra_adiantamento_camara.docx</t>
   </si>
@@ -6237,171 +6753,195 @@
 _x000D_
 JUSTIFICATIVA. para transparência no serviço prestado e maior segurança e conforto aos alunos</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4568/requerimento_02.pdf</t>
   </si>
   <si>
     <t>- INFORMAÇÕES REFERENTE AOS MÉDICOS QUE ATUAM NA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO, SEUS RESPECTIVOS HORÁRIOS E COMPROVANTE DE CARTÃO PONTO.</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_03.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ESCLARECIMENTO E PROVIDÊNCIAS SOBRE FALHAS LOGÍSTICA DE ATENDIMENTO A PACIENTES ACAMADOS</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
-    <t>Juarez Greff, Leila da Saúde, Lucas Cadini, Rafinha, Serjão</t>
+    <t>Juarez Greff, Leila da Saúde, Lucas Cadini, Rafael Cabral Felisberto, Serjão</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4585/requerimento_04.pdf</t>
   </si>
   <si>
     <t>Convocação para Esclarecimentos na Tribuna</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4682/requerimento_05.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS DO DEPARTAMENTO DE TRANSPORTE INFORMAÇÕES SOBRE O PEDIDO DE SUBSTITUIÇÃO DO MOTORISTA RESPONSÁVEL PELA LINHA MARQUESITA, ONDE ACONTECEU O ACIDENTE COM A KOMBI QUE TRANSPORTAVA ALUNOS._x000D_
 _x000D_
 Justificativa: tendo em vista que há relatos da família que já pediram ao responsável a substituição.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>Juarez Greff, Rafinha, Stela Gaboardi</t>
+    <t>Juarez Greff, Rafael Cabral Felisberto, Stela Gaboardi</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4714/requerimento_06.pdf</t>
   </si>
   <si>
     <t>PARA QUE PRESTEM ESCLARECIMENTOS SOBRE O FATO OCORRIDO NA ÚLTIMA SEMANA ENVOLVENDO O VEÍCULO DA EMPRESA CONTRATADA (CUP) RESPONSÁVEL PELO TRANSPORTE ESCOLAR NA LINHA SILVA JARDIM, VEÍCULO CIRCULAVA COM AS PORTAS ABERTAS OU ATÉ MESMO SEM PORTAS, TRANSPORTANDO ALUNOS DA REDE MUNICIPAL E ESTADUAL - 1. ESCLARECIMENTOS DETALHADOS POR PARTE DO SETOR RESPONSÁVEL SOBRE O OCORRIDO, IDENTIFICANDO OS RESPONSÁVEIS DIRETOS PELA SITUAÇÃO; 2. QUE SEJA INSTAURADA SINDICÂNCIA PARA APURAR OS FATOS, IDENTIFICAR EVENTUAIS FALHAS OPERACIONAIS E ADMINISTRATIVAS, E RESPONSABILIZAR OS ENVOLVIDOS; 3. QUE O MOTORISTA RESPONSÁVEL PELA CONDUÇÃO DO VEÍCULO SEJA IMEDIATAMENTE AFASTADO* DE SUAS FUNÇÕES ATÉ A CONCLUSÃO DAS INVESTIGAÇÕES; 4. QUE SEJAM INFORMADAS AS MEDIDAS CORRETIVAS ADOTADAS PARA QUE SITUAÇÕES SEMELHANTES NÃO VOLTEM A OCORRER; 5. QUE SE MANIFESTE A EMPRESA RESPONSÁVEL PELA LINHA E O CONTRATO VIGENTE COM A PREFEITURA, INFORMANDO SOBRE O ESTADO DE CONSERVAÇÃO DA FROTA E AS EXIGÊNCIAS DE FISCALIZAÇÃO.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/requerimento_07.pdf</t>
   </si>
   <si>
-    <t>(encaminhar para a ordem do dia)</t>
+    <t>- O SERVIÇO SOCIAL DO MUNICÍPIO ESTÁ DE ACORDO COM A_x000D_
+NORMA OPERACIONAL BÁSICA NOB.(SUAS) SABENDO QUE O_x000D_
+MUNICÍPIO É DE SUPORTE 1.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4779/requerimento_08.pdf</t>
   </si>
   <si>
     <t>REQUER-SE do Executivo Municipal informações sobre a possibilidade de aumento do valor do vale-alimentação dos servidores públicos municipais em, no mínimo, R$ 200,00, solicitando, ainda, a existência de estudos técnicos e o impacto financeiro da</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4780/requerimento_no__xxx_-lc_191_2022.docx</t>
   </si>
   <si>
     <t>Requer informações ao Poder Executivo Municipal acerca da aplicação da Lei Complementar nº 191/2022, regulamentada pelas Portarias nº 17.764/2024 e nº 17.812/2024, no que se refere ao reenquadramento de servidores públicos municipais que atuaram na linha de frente do combate à COVID-19, incluindo critérios adotados, número de requerimentos, resultados das análises, previsões de reavaliação, divulgação dos direitos e impacto orçamentário-financeiro decorrente.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4781/requerimento_10.pdf</t>
   </si>
   <si>
     <t>- COMO ESTÁ O ANDAMENTO DA REFORMA DA ESTRADA DA LINHA OURO VERDE?_x000D_
 - QUAL A PREVISÃO DE INÍCIO DAS OBRAS?</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4797/requerimento_11.pdf</t>
   </si>
   <si>
     <t>- REQUERER A CRIAÇÃO DA COMISSÃO ESPECIAL DE SEGURANÇA PÚBLICA._x000D_
 _x000D_
 Justificativa: Faz-se por este requerimento, a criação de uma comissão especial temporário, para discutir a viabilidade de criação de cargos de agentes de segurança, por meio de concurso público. _x000D_
 A presente comissão tem a finalidade de analisar aspectos como análise dos custos de equipamentos, análise de orçamento disponível para a criação e manutenção dos agentes, análise de treinamentos dos agentes, análise da legislação, análise de apoio da comunidade matelandiense, audiências públicas, dentre outros que entender pertinente.</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
-    <t>Nei Gasparin, Rafinha</t>
+    <t>Nei Gasparin, Rafael Cabral Felisberto</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4840/requerimento_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações do Poder Executivo Municipal acerca da existência de cronograma, estudo ou previsão para a revitalização, operação tapa-buracos ou pavimentação asfáltica da via marginal do Distrito de Agro Cafeeira, especialmente no trecho que liga o distrito á Cooperativa Agroindustrial Lar.</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4885/requerimento_13.pdf</t>
   </si>
   <si>
     <t>-Requer informações à Secretaria Municipal de Administração e Gestão de Pessoas e ao Instituto de Previdência dos Servidores Públicos do Município de Matelândia – PREVIMAT, solicitando as seguintes informações e providências administrativas:_x000D_
 1. Quais critérios técnicos e jurídicos estão sendo atualmente adotados pelo Município para fins de emissão de certidão de tempo de efetivo exercício no magistério para servidoras ocupantes, atuais ou pretéritas, do cargo de Monitora de Creche que possuíam formação em magistério à época da admissão ou, ainda, aquelas que, mesmo as que não possuindo a formação à época do concurso - por não ser exigida, obtiveram posteriormente a habilitação legal?_x000D_
  2. Existe manifestação formal da Procuradoria Geral do Município ou do PREVIMAT contrária à contagem do tempo anterior à edição da Lei Municipal nº 2.543/2012 como tempo de magistério? Em caso positivo, requer-se cópia integral do parecer ou manifestação técnica._x000D_
 3. Considerando as recentes decisões admin</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4913/requerimento_14.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SE HÁ UM ESTUDO SOBRE DISPONIBILIZAÇÃO DE TRANSPORTE PÚBLICO NOS INTERIORES DO MUNICÍPIO. EM CASO POSITIVO, HÁ UMA PREVISÃO DE SER IMPLANTADO ESSE TRANSPORTE?</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4997/requerimento_15.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Poder Executivo sobre a carga horária das Assistentes Sociais concursadas do município, em conformidade com a Lei Federal nº 12.317/2010, bem como acerca da viabilidade jurídica e do impacto financeiro de eventual adequação da jornada para 30 (trinta) horas semanais.</t>
+  </si>
+  <si>
+    <t>5046</t>
+  </si>
+  <si>
+    <t>https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5046/requerimento_16.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações por meio da Secretaria competente, para que encaminhe a esta Casa Legislativa a prestação de contas detalhada referente aos seguintes eventos realizados no município:_x000D_
+•	Quermesse Municipal 2025_x000D_
+•	Baile do Município 2025_x000D_
+•	Feleite Agro 2025_x000D_
+_x000D_
+A prestação de contas deverá conter, no mínimo:_x000D_
+a) receitas arrecadadas;_x000D_
+b) despesas efetuadas;_x000D_
+c) contratos firmados;_x000D_
+d) notas fiscais;_x000D_
+e) repasses efetuados e eventuais transferências de recursos._x000D_
+_x000D_
+Justificativa_x000D_
+O presente requerimento é motivado por reiteradas cobranças da população, que busca transparência quanto aos gastos públicos e às transferências de valores relacionadas aos eventos mencionados. Cabe ao Poder Legislativo exercer seu papel fiscalizador, garantindo clareza e publicidade sobre a aplicação dos recursos municipais, em respeito ao princípio da transparência previsto na Constituição Federal e à Lei de Acesso à Informação</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6705,66 +7245,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4803/emenda_modificativa_ao_projeto_71-25_-_altera_requisitos_do_cargo_de_diretor.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4486/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4489/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4490/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4496/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4497/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4498/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4499/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4500/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4501/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4503/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4504/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4513/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4514/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4515/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4516/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4517/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4518/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4524/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4525/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4527/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4528/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4529/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4530/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4531/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4532/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4533/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4534/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4535/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4536/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4537/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4538/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4539/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4540/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4541/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4543/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4544/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4545/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4546/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4547/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4548/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4549/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4550/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4551/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4552/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4554/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4555/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4556/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4557/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4558/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4559/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4560/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4561/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4562/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4563/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4564/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4565/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4567/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4588/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4589/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4590/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4591/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4592/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4593/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4595/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4596/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4597/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4598/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4599/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4600/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4601/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4602/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4603/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4604/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4605/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4606/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4607/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4616/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4617/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4618/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4619/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4620/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4621/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4622/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4623/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4624/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4625/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4626/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4627/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4629/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4630/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4631/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4632/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4633/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4634/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4635/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4636/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4637/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4638/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4639/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4640/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4641/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4642/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4643/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4644/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4645/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4648/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4649/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4650/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4651/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4652/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4653/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4654/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4655/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4656/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4658/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4659/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4660/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4661/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4662/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4663/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4673/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4674/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4675/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4676/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4677/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4678/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4679/indicacao_144.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4680/indicacao_145.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4681/indicacao_146.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4683/indicacao_147.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4684/indicacao_148.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4685/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4686/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4687/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4688/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/indicacao_153.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4696/indicacao_154.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4697/indicacao_155.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4699/indicacao_156.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4701/indicacao_157.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4704/indicacao_158.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4705/indicacao_159.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4706/indicacao_160.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4707/indicacao_161.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4708/indicacao_162.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4709/indicacao_163.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4710/indicacao_164.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4711/indicacao_165.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4712/indicacao_166.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4713/indicacao_167.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4715/indicacao_168.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4723/indicacao_169.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4724/indicacao_170.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4725/indicacao_171.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/indicacao_172.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/indicacao_173.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/indicacao_174.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/indicacao_175.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/indicacao_177.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4733/indicacao_178.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/indicacao_179.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/indicacao_180.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/indicacao_181.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/indicacao_182.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/indicacao_183.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/indicacao_184.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/indicacao_185.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4746/indicacao_186.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4747/indicacao_187.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4748/indicacao_188.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4749/indicacao_189.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4750/indicacao_190.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4751/indicacao_191.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4752/indicacao_192.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4753/indicacao_193.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4754/indicacao_194.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4775/indicacao_195.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4776/indicacao_196.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4777/indicacao_197.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4778/indicacao_198.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4787/indicacao_199.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4788/indicacao_200.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4789/indicacao_201.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4790/indicacao_202.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4791/indicacao_203.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4792/indicacao_204.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4793/indicacao_205.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4794/indicacao_206.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4795/indicacao_207.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4796/indicacao_208.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4798/indicacao_209.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4799/indicacao_210.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4800/indicacao_211.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4801/indicacao_212.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4802/indicacao_213.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4804/indicacao_214.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4805/indicacao_215.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/indicacao_216.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/indicacao_217.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/indicacao_218.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/indicacao_219.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/indicacao_220.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/indicacao_221.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4829/indicacao_222.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4830/indicacao_223.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4828/indicacao_224.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4831/indicacao_225.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4832/indicacao_226.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4833/indicacao_227.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4834/indicacao_228.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4835/indicacao_229.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4836/indicacao_230.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4837/indicacao_231.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/indicacao_232.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4842/indicacao_233.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4849/indicacao_234.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4850/indicacao_235.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4851/indicacao_236.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4862/indicacao_237.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4863/indicacao_238.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4864/indicacao_239.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4865/indicacao_240.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4872/indicacao_241.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4873/indicacao_242.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4874/indicacao_243.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4875/indicacao_244.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4876/indicacao_245.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4877/indicacao_246.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4878/indicacao_247.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4879/indicacao_248.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4880/indicacao_249.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4881/indicacao_250.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4883/indicacao_251.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4884/indicacao_252.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4886/indicacao_253.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/indicacao_254.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/indicacao_255.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/indicacao_256.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/indicacao_257.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4914/indicacao_258.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4915/indicacao_259.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4920/indicacao_260.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4921/indicacao_261.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4922/indicacao_262.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4940/indicacao_263.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4943/indicacao_264.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4944/indicacao_265.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4945/indicacao_266.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4946/indicacao_267.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4947/indicacao_268.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4948/indicacao_269.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4949/indicacao_270.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4951/indicacao_271.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4952/indicacao_272.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4953/indicacao_273.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4962/indicacao_274.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4966/indicacao_275.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4967/indicacao_276.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4968/indicacao_1.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4969/indicacao_278.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4974/indicacao_279.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4975/indicacao_280.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/indicacao_281.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/indicacao_282.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/indicacao_283.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/indicacao_283.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/indicacao_285.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4998/indicacao_286.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4999/indicacao_287.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5000/indicacao_288.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5001/indicacao_289.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5005/indicacao_290.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5010/indicacao_291.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5011/indicacao_292.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5012/indicacao_293.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5013/indicacao_294.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5017/indicacao_295.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4583/mocao_01-25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4782/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4882/mocao_03_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5006/mocao_no_04_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5019/mocao_05.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4812/projeto_de_decreto_legislativo_no_01-25_-_aprova_as_contas_do_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4919/projeto_de_decreto_legislativo_no_02-25_-_suplementacao_diaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4950/y.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_01-2025-transposicao_e_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4468/projeto_de_lei_02-2025-ampliacao_farmaceutica.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4469/projeto_de_lei_03-2025-revisao_salarial.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4470/projeto_de_lei_04-2025-autorizacao_de_recebimento_de_bem_em_doacao_favero.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4471/projeto_de_lei_05-2024_-_119a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4472/projeto_de_lei_06-2025_-_1a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4473/projeto_de_lei_07-2025_-_2.238.50000_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4474/projeto_de_lei_08-2025_-_1.655.60000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4475/projeto_de_lei_09-2025_-_597.66666_-_superavit_especial_livre.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4476/projeto_de_lei_10-2025_-_r_335.43333_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4477/projeto_de_lei_11-2025_-_r_281.62303_-_excesso_especial.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_12-2025_-_1.030.50000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4482/projeto_de_lei_13-2025-medico_veterinario_temporario.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4479/projeto_de_lei_14-2025_-_120a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4480/projeto_de_lei_15-2025_-_2a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4481/projeto_de_lei_16-2025_-_212.55000_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4483/projeto_de_lei_17-2025_-_163.17000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4484/projeto_de_lei_18-2025_-_3o_alteracao_da_ldo_transposicao_estrutura.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4485/projeto_de_lei_19-2025_-_4a_alteracao_da_ldo_-_remanejamento_estrutura.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4505/projeto_de_lei_20-2025_-_121a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4506/projeto_de_lei_21-2025_-_5a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4507/projeto_de_lei_22-2025_-_r_112.31305_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4508/projeto_de_lei_23-2025_-_r_78.68750_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4509/projeto_de_lei_24-2025_-_r_965.44792_-_excesso_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4510/projeto_de_lei_25-2025_-_122a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4511/projeto_de_lei_26-2025_-_6a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4512/projeto_de_lei_27-2025_-_r_155.00000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4569/projeto_de_lei_28-2025-prof_paee.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4570/projeto_de_lei_29-2025-alteracao_estatuto.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4571/projeto_de_lei_30-2025-contraturno.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4572/projeto_de_lei_31-2025_-_123a._alteracao_ppa_.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4573/projeto_de_lei_32-2025_-_7a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4574/projeto_de_lei_33-2025_-_10.00000_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4575/projeto_de_lei_34-2025_-_r_59.15000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4576/projeto_de_lei_35-2025_-_r_90.60000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4577/projeto_de_lei_36-2025-perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_37-2025_-_124a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_38-2025_-_8a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_39-2025_-_r_630.00000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4581/projeto_de_lei_40-2025_-_r_307.00000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4582/projeto_de_lei_41-2025_-_r_318.36714_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4586/projeto_de_lei_42-2025-ampliacao_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4587/projeto_de_lei_43-2025-alteracao_3323-2014_-_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4608/projeto_de_lei_44-2025_-_125a._alteracao_ppa_.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_45-2025_-_9a._alteracao_ldo_.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4610/projeto_de_lei_46-2025_-_r_221.29126_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4611/projeto_de_lei_47-2025_-_r_615.50672_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4612/projeto_de_lei_48-2025_-_r_1.586.37800_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4613/projeto_de_lei_49-2025-autorizacao_de_recebimento_de_bem_em_doacao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4614/projeto_de_lei_50-2025-ampliacao_adm_e_psicologo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4615/projeto_de_lei_51-2025-tabela_de_procedimentos.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4669/projeto_de_lei_no_52-2025_-_altera_lei_credito_educativo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4672/projeto_de_lei_53-2025-incentivos_regularizacao_transacoes_imobiliarias.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/projeto_de_lei_54-2025-alteracao_3323-2014_-_desenvolvimento_.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4647/projeto_de_lei_055-2025-premiacoes.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4670/projeto_de_lei_056-2025-ct_isencoes.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4671/projeto_de_lei_057-2025-concessao_propaganda_publicitaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4664/projeto_de_lei_58-2025_-_126a._alteracao_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4665/projeto_de_lei_59-2025_-_10a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4666/projeto_de_lei_60-2025_-_r_240.65370_-_superavit_suplementar_vinculado_2.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4667/projeto_de_lei_61-2025_-_r_338.00000_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4668/projeto_de_lei_62-2025_-_r_15.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4716/projeto_de_lei_63-2025-comite_gestor.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/projeto_de_lei_64-2025_-_127a._alteracao_ppa_.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/projeto_de_lei_65-2025_-_11a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4692/projeto_de_lei_66-2025_-_r_1.260.00000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4693/projeto_de_lei_67-2025_-_r_3.315.82271_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4694/projeto_de_lei_68-2025_-_r_1.475.50000_-_anulacao_suplementar1.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4695/projeto_de_lei_69-2025_-_r_300.00000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_70-2025_-_rafael_-_atendimento_medico_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4703/projeto_de_lei_71-2025_-_mesa_-_cria_cargo_de_diretor_geral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4717/projeto_de_lei_73-2025-alteracao_5.295_2024.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4718/projeto_de_lei_74-2025_-_funcao_gratificada_motorista_e_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4719/projeto_de_lei_75-2025_-_128a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4720/projeto_de_lei_76-2025_-_12a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4721/projeto_de_lei_77-2025_-_r_1.012.02409_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4722/projeto_de_lei_78-2025_-_r_135.42589_-_superavit_suplementar_livre_3.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4732/projeto_de_lei_no_79-2025_-_institui_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/projeto_de_lei_080-2025_-_129a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/projeto_de_lei_081-2025_-_13a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4744/projeto_de_lei_082-2025_-_r_70874_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4745/projeto_de_lei_083-2025_-_r_520.50000_-_anulacao_suplementar1.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4755/projeto_de_lei_084-2025-alteracao_lei_3.323.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4756/projeto_de_lei_085-2025-ampliacao_saude.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4757/projeto_de_lei_086-2025-tabela_de_procedimentos.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4758/projeto_de_lei_087-2025-ampliacao_de_vagas_prof_40_horas.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4759/projeto_de_lei_088-2025_-_130a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4760/projeto_de_lei_089-2025_-_14a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4761/projeto_de_lei_090-2025_-_r_344.00000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4762/projeto_de_lei_091-2025_-_r_130.00000_-_superavit_especial_livre.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4763/projeto_de_lei_092-2025_-_r_4.00000_-_anulacao_suplementar1.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4764/projeto_de_lei_093-2025_-_r_91705_-_superavit_suplementar_vinculado_1.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4765/projeto_de_lei_094-2025_-_131a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4766/projeto_de_lei_095-2025_-_15a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4767/projeto_de_lei_096-2025_-_r_1.720.00000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4768/projeto_de_lei_097-2025_-_132a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4769/projeto_de_lei_098-2025_-_16a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4770/projeto_de_lei_099-2025_-_r_130.47922_-_superavit_suplementar_especial_-_copia.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4771/projeto_de_lei_100-2025_-_r_1.863.88280_-_excesso_especial.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4772/projeto_de_lei_101-2025_-_r_800.00000_-_superavit_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4773/projeto_de_lei_102-2025_-_altera_lei_4.756.2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4774/projeto_de_lei_103-2025-lei_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4783/projeto_de_lei_104-2025_-_133a._alteracao_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4784/projeto_de_lei_105-2025_-_17a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4785/projeto_de_lei_106-2025_-_r_45.00000_-_superavit_livre_suplementar.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4786/projeto_de_lei_107-2025_-_r_15.00000_-_superavit_vinculado_suplementar.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4813/projeto_de_lei_108-2025_-_134a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4814/projeto_de_lei_109-2025_-_18a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4815/projeto_de_lei_110-2025_-_r_50.00000_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4816/projeto_de_lei_111-2025_-_r_241.32831_-_excesso_especial_1.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4817/projeto_de_lei_112-2025_-_r_300.00000_-_superavit_livre_especial.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4818/projeto_de_lei_113-2025_-_r143.44453_-_anulacao_suplmentar.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4819/projeto_de_lei_114-2025_-_r_241.32831_-_superavit_vinculado_especial_1.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4820/projeto_de_lei_115-2025_-_r_460.00000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4821/projeto_de_lei_116-2025_-_135a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4822/projeto_de_lei_117-2025_-_19a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4823/projeto_de_lei_118-2025_-_r_165.10691_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4824/projeto_de_lei_119-2025_-_r_30.00000_-_excesso_suplementar_vinculado_1.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4825/projeto_de_lei_120-2025_-_r_75.00000_-_excesso_especial_livre.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4826/projeto_de_lei_121-2025_-_r_110.00000_-_excesso_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4827/projeto_de_lei_122-2025-perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4843/projeto_de_lei_123-2025_-_136a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4844/projeto_de_lei_124-2025_-_20a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4845/projeto_de_lei_125-2025_-_r_84.06000_-_excesso_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4846/projeto_de_lei_126-2025_-_r_10.00000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4847/projeto_de_lei_127-2025_-_r_21.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4848/projeto_de_lei_128-2025_-_r_60.00000_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/projeto_de_lei_129-2025_-_capacitacao_50.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4841/projeto_de_lei_no_130-25_-_institui_femma_calendario_oficial.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4852/projeto_de_lei_131-2025-tabela_de_procedimentos.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4853/projeto_de_lei_132-2025-ampliacao_assistente_social_e_psicologo.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4854/projeto_de_lei_133-2025_-_137a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4855/projeto_de_lei_134-2025_-_21a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4856/projeto_de_lei_135-2025-credito_adicional_suplementar_superavit_financeiro_-_mtda_2322_-_superavit_saude.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4857/projeto_de_lei_136-2025_credito_adicional_especial_superavit_financeiro_-_mtda_2318_-_convenio_202-2025_seab.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4858/projeto_de_lei_137-2025_credito_adicional_suplementar_superavit_financeiro_-_mtda_2316_-_convenio_235-2025_seab_e_contrato_de_repasse_971896.2024.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4859/projeto_de_lei_138-2025_-credito_adicional_especial_excesso_de_arrecadacao_-_mtda_2317_-_convenio_202.2025_seab.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4860/projeto_de_lei_139-2025_-credito_adicional_especial_excesso_de_arrecadacao_-_mtda_2315_-_convenio_235.2025_seab_e_contrato_de_repasse_971896.2024.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4861/projeto_de_lei_140-2025_-_credito_adicional_suplementar_excesso_de_arrecadacao_-_mtda_2320_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4866/projeto_de_lei_141-2025-incentivos.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/projeto_de_lei_142-2025_-_138a._alteracao_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/projeto_de_lei_143-2025_-_22a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4869/projeto_de_lei_144-2025_-_superavit_vinculado_r_270.85399.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4870/projeto_de_lei_145-2025_-_superavit_aporte_r_1.451.66532.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4871/projeto_de_lei_146-2025_-_anulacao_r_574.00000.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/projeto_de_lei_147-2025-ampliacao_educador_e_cuidador_social.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4892/projeto_de_lei_148-2025-prorrog_plano_educacao.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4893/projeto_de_lei_149-2025_-_139a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4894/projeto_de_lei_150-2025_-_23a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4895/projeto_de_lei_151-2025_-_anulacao_r_43.00000.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4896/projeto_de_lei_152-2025_-_superavit_vinculado_r_268.69551.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4897/projeto_de_lei_153-2025_-_excesso_vinculado_r_188.27559.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4898/projeto_de_lei_154-2025_-_excesso_vinculado_r_3.321.24494.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4899/projeto_de_lei_155-2025_-_superavit_livre_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4900/projeto_de_lei_156-2025_-_excesso_vinculado_-_r_65.00000.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4901/projeto_de_lei_157-2025_-_superavit_vinculado_r_1.742.53636.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4902/projeto_de_lei_158-2025-ampliacao_de_vagas_prof_40_horas.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4903/projeto_de_lei_159-2025_-_140a._alteracao_ppa1.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4904/projeto_de_lei_160-2025_-_24a._alteracao_ldo1.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4905/projeto_de_lei_161-2025_-_superavit_livre_-_1.705.24696.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4906/projeto_de_lei_162-2025-autorizacao_de_recebimento_de_bem_em_doacao_carlos_turri.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4907/projeto_de_lei_163-2025_-_141a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4908/projeto_de_lei_164-2025_-_25a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4909/projeto_de_lei_165-2025_-_superavit_vinculado_r_146.61873.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4910/projeto_de_lei_166-2025_-_excesso_vinculado_r_9.596.99365.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4911/projeto_de_lei_167-2025_-_superavit_livre_r_1.093.47653.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4912/projeto_de_lei_168-2025_-_excesso_vinculado_r_8.811.05721_2.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4916/projeto_de_lei_169-2025-ppa.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4917/projeto_de_lei_170-2025-ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4918/projeto_de_lei_171-2025-ampliacao_efetivos.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/projeto_de_lei_172-2025-cultura.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/projeto_de_lei_173-2025-esportes.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/projeto_de_lei_174-2025-contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4941/projeto_de_lei_175-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/projeto_de_lei_176-2025_-_142a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/projeto_de_lei_177-2025_-_26a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/projeto_de_lei_178-2025_-_r_664.10919_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/projeto_de_lei_179-2025_-_r_845.00000_-_excesso_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/projeto_de_lei_180-2025_-_r_328.24571_-_excesso_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/projeto_de_lei_181-2025_-_r_147.40000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4932/projeto_de_lei_182-2025_-_r_33.87090_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4933/projeto_de_lei_183-2025_-_r_1.036.47175_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4934/projeto_de_lei_184-2025_-_r_85.00000_-_superavit_suplementar_vinculado_1.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4935/projeto_de_lei_185-2025_-_r_225.89081_-_superavit_especial_livre.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4936/projeto_de_lei_186-2025_-_143a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4937/projeto_de_lei_187-2025_-_27a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4938/projeto_de_lei_188-2025_-_r_25.85399_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4939/projeto_de_lei_189-2025_-_r_487.95220_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4942/projeto_de_lei_190-2025_-_cidadao_honorario_hussein_bakri.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4970/projeto_de_lei_191-2025_-_144a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4971/projeto_de_lei_192-2025_-_28a._alteracao_ldo_.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4972/projeto_de_lei_193-2025_-_r_363.00000_-_excesso_vinculado.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4973/projeto_de_lei_194-2025_-_r_43.50000_-_saude_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4954/projeto_de_lei_195-2025_-_145a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4955/projeto_de_lei_196-2025_-_29a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4956/projeto_de_lei_197-2025_-_r_534.00000_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4957/projeto_de_lei_198-2025_-_r_168.71207_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4958/projeto_de_lei_199-2025_-_146a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4959/projeto_de_lei_200-2025_-_30a._alteracao_ldo_.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4960/projeto_de_lei_201-2025_-_r_317.70000_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4961/projeto_de_lei_202-2025-gratificacao_de_funcao.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4963/projeto_de_lei_203-2025-autorizacao_de_recebimento_de_bem_em_doacao_medeiros.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4964/projeto_de_lei_204-2025_-_altera_lei_5.078-2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4965/projeto_de_lei_205-2025-cips.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4976/projeto_de_lei_206-2025_-_147a._alteracao_ppa_2.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4977/projeto_de_lei_207-2025_-_31a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4978/projeto_de_lei_208-2025_-_r_42.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4979/projeto_de_lei_209-2025_-_r_400.00000_-_superavit_suplementar.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4980/projeto_de_lei_210-2025_-_r_661.64267_-_superavit_sup_vinculado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4981/projeto_de_lei_211-2025_-_r_476.93886_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4982/projeto_de_lei_212-2025_-_r_553.05286_-_superavit_especial.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4983/projeto_de_lei_213-2025_-_r_679.15156_-_superavit_sup_livre.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4984/projeto_de_lei_214-2025_-_r_577.41099_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4985/projeto_de_lei_215-2025-vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4986/projeto_de_lei_216-2025_-_148a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4987/projeto_de_lei_217-2025_-_32a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/projeto_de_lei_218-2025_-_r_271.71438_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/projeto_de_lei_219-2025_-_r_450.00000_-_anulacao_suplementar_natal.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/projeto_de_lei_220-2025_-_r_110.00000_-_excesso_suplementar_cultura.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5002/projeto_de_lei_221-2025_-_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5003/projeto_de_lei_222-2025_-_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5007/projeto_de_lei_224-2025_-_149a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5008/projeto_de_lei_225-2025_-_33a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5009/projeto_de_lei_226-2025_-_r_967.93945_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5004/projeto_de_lei_227-2025_-empresa_selo_autista.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5014/projeto_de_lei_228-2025_-_150a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5015/projeto_de_lei_229-2025_-_34a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5016/projeto_de_lei_230-2025_-_r_124.44417_-_anulacao_suplementar_.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5018/projeto_de_lei_231-2025_-_r_124.44417_-_obrigatoriedade_transparencia_de_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5020/projeto_de_lei_232-2025-previmat.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5021/projeto_de_lei_233-2025_-_151a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/projeto_de_lei_234-2025_-_35a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/projeto_de_lei_235-2025_-_r_600.01300_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5024/projeto_de_lei_236-2025_-_r_80.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5025/projeto_de_lei_237-2025_-_r_150.00000_-_excesso_especial.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_resolucao_no_01-25_-_cronograma_de_desembolso_mensal.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4702/projeto_de_resolucao_no_02-25compra_adiantamento_camara.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4526/requerimento_no_01-25.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4568/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4585/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4682/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4714/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4779/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4780/requerimento_no__xxx_-lc_191_2022.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4781/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4797/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4840/requerimento_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4885/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4913/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4997/requerimento_15.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4803/emenda_modificativa_ao_projeto_71-25_-_altera_requisitos_do_cargo_de_diretor.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4486/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4487/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4488/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4489/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4490/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4491/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4492/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4493/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4494/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4495/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4496/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4497/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4498/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4499/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4500/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4501/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4502/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4503/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4504/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4513/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4514/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4515/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4516/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4517/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4518/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4519/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4520/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4521/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4522/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4523/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4524/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4525/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4527/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4528/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4529/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4530/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4531/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4532/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4533/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4534/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4535/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4536/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4537/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4538/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4539/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4540/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4541/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4543/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4544/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4545/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4546/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4547/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4548/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4549/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4550/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4551/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4552/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4553/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4554/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4555/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4556/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4557/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4558/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4559/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4560/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4561/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4562/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4563/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4564/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4565/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4566/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4567/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4588/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4589/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4590/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4591/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4592/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4593/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4594/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4595/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4596/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4597/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4598/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4599/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4600/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4601/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4602/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4603/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4604/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4605/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4606/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4607/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4616/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4617/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4618/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4619/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4620/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4621/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4622/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4623/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4624/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4625/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4626/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4627/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4629/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4630/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4631/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4632/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4633/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4634/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4635/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4636/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4637/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4638/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4639/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4640/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4641/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4642/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4643/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4644/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4645/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4648/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4649/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4650/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4651/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4652/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4653/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4654/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4655/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4656/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4658/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4659/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4660/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4661/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4662/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4663/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4673/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4674/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4675/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4676/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4677/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4678/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4679/indicacao_144.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4680/indicacao_145.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4681/indicacao_146.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4683/indicacao_147.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4684/indicacao_148.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4685/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4686/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4687/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4688/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4689/indicacao_153.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4696/indicacao_154.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4697/indicacao_155.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4699/indicacao_156.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4701/indicacao_157.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4704/indicacao_158.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4705/indicacao_159.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4706/indicacao_160.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4707/indicacao_161.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4708/indicacao_162.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4709/indicacao_163.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4710/indicacao_164.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4711/indicacao_165.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4712/indicacao_166.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4713/indicacao_167.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4715/indicacao_168.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4723/indicacao_169.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4724/indicacao_170.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4725/indicacao_171.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4726/indicacao_172.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4727/indicacao_173.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4728/indicacao_174.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4729/indicacao_175.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4730/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4731/indicacao_177.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4733/indicacao_178.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4734/indicacao_179.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4735/indicacao_180.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4736/indicacao_181.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4737/indicacao_182.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4738/indicacao_183.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4739/indicacao_184.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4740/indicacao_185.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4746/indicacao_186.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4747/indicacao_187.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4748/indicacao_188.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4749/indicacao_189.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4750/indicacao_190.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4751/indicacao_191.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4752/indicacao_192.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4753/indicacao_193.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4754/indicacao_194.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4775/indicacao_195.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4776/indicacao_196.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4777/indicacao_197.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4778/indicacao_198.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4787/indicacao_199.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4788/indicacao_200.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4789/indicacao_201.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4790/indicacao_202.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4791/indicacao_203.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4792/indicacao_204.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4793/indicacao_205.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4794/indicacao_206.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4795/indicacao_207.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4796/indicacao_208.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4798/indicacao_209.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4799/indicacao_210.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4800/indicacao_211.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4801/indicacao_212.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4802/indicacao_213.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4804/indicacao_214.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4805/indicacao_215.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4806/indicacao_216.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4807/indicacao_217.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4808/indicacao_218.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4809/indicacao_219.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4810/indicacao_220.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4811/indicacao_221.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4829/indicacao_222.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4830/indicacao_223.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4828/indicacao_224.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4831/indicacao_225.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4832/indicacao_226.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4833/indicacao_227.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4834/indicacao_228.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4835/indicacao_229.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4836/indicacao_230.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4837/indicacao_231.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4839/indicacao_232.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4842/indicacao_233.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4849/indicacao_234.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4850/indicacao_235.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4851/indicacao_236.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4862/indicacao_237.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4863/indicacao_238.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4864/indicacao_239.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4865/indicacao_240.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4872/indicacao_241.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4873/indicacao_242.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4874/indicacao_243.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4875/indicacao_244.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4876/indicacao_245.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4877/indicacao_246.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4878/indicacao_247.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4879/indicacao_248.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4880/indicacao_249.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4881/indicacao_250.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4883/indicacao_251.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4884/indicacao_252.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4886/indicacao_253.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4887/indicacao_254.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4888/indicacao_255.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4889/indicacao_256.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4890/indicacao_257.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4914/indicacao_258.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4915/indicacao_259.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4920/indicacao_260.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4921/indicacao_261.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4922/indicacao_262.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4940/indicacao_263.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4943/indicacao_264.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4944/indicacao_265.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4945/indicacao_266.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4946/indicacao_267.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4947/indicacao_268.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4948/indicacao_269.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4949/indicacao_270.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4951/indicacao_271.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4952/indicacao_272.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4953/indicacao_273.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4962/indicacao_274.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4966/indicacao_275.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4967/indicacao_276.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4968/indicacao_1.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4969/indicacao_278.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4974/indicacao_279.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4975/indicacao_280.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4991/indicacao_281.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4992/indicacao_282.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4996/indicacao_283.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4994/indicacao_283.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4995/indicacao_285.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4998/indicacao_286.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4999/indicacao_287.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5000/indicacao_288.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5001/indicacao_289.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5005/indicacao_290.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5010/indicacao_291.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5011/indicacao_292.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5012/indicacao_293.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5013/indicacao_294.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5017/indicacao_295.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5030/indicacao_296.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5031/indicacao_297.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5032/indicacao_298.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5033/indicacao_299.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5034/indicacao_300.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5042/indicacao_301.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5043/indicacao_302.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5044/indicacao_303.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5045/indicacao_304.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5047/indicacao_305.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5048/indicacao_306.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5049/indicacao_307.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5050/indicacao_308.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5051/indicacao_309.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5052/indicacao_310.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4583/mocao_01-25.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4782/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4882/mocao_03_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5006/mocao_no_04_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5019/mocao_05.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5035/mocao_06.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5070/mocao_07-25.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4812/projeto_de_decreto_legislativo_no_01-25_-_aprova_as_contas_do_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4919/projeto_de_decreto_legislativo_no_02-25_-_suplementacao_diaria.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4950/y.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4467/projeto_de_lei_01-2025-transposicao_e_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4468/projeto_de_lei_02-2025-ampliacao_farmaceutica.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4469/projeto_de_lei_03-2025-revisao_salarial.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4470/projeto_de_lei_04-2025-autorizacao_de_recebimento_de_bem_em_doacao_favero.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4471/projeto_de_lei_05-2024_-_119a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4472/projeto_de_lei_06-2025_-_1a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4473/projeto_de_lei_07-2025_-_2.238.50000_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4474/projeto_de_lei_08-2025_-_1.655.60000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4475/projeto_de_lei_09-2025_-_597.66666_-_superavit_especial_livre.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4476/projeto_de_lei_10-2025_-_r_335.43333_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4477/projeto_de_lei_11-2025_-_r_281.62303_-_excesso_especial.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4478/projeto_de_lei_12-2025_-_1.030.50000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4482/projeto_de_lei_13-2025-medico_veterinario_temporario.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4479/projeto_de_lei_14-2025_-_120a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4480/projeto_de_lei_15-2025_-_2a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4481/projeto_de_lei_16-2025_-_212.55000_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4483/projeto_de_lei_17-2025_-_163.17000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4484/projeto_de_lei_18-2025_-_3o_alteracao_da_ldo_transposicao_estrutura.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4485/projeto_de_lei_19-2025_-_4a_alteracao_da_ldo_-_remanejamento_estrutura.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4505/projeto_de_lei_20-2025_-_121a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4506/projeto_de_lei_21-2025_-_5a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4507/projeto_de_lei_22-2025_-_r_112.31305_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4508/projeto_de_lei_23-2025_-_r_78.68750_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4509/projeto_de_lei_24-2025_-_r_965.44792_-_excesso_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4510/projeto_de_lei_25-2025_-_122a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4511/projeto_de_lei_26-2025_-_6a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4512/projeto_de_lei_27-2025_-_r_155.00000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4569/projeto_de_lei_28-2025-prof_paee.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4570/projeto_de_lei_29-2025-alteracao_estatuto.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4571/projeto_de_lei_30-2025-contraturno.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4572/projeto_de_lei_31-2025_-_123a._alteracao_ppa_.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4573/projeto_de_lei_32-2025_-_7a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4574/projeto_de_lei_33-2025_-_10.00000_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4575/projeto_de_lei_34-2025_-_r_59.15000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4576/projeto_de_lei_35-2025_-_r_90.60000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4577/projeto_de_lei_36-2025-perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4578/projeto_de_lei_37-2025_-_124a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4579/projeto_de_lei_38-2025_-_8a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4580/projeto_de_lei_39-2025_-_r_630.00000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4581/projeto_de_lei_40-2025_-_r_307.00000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4582/projeto_de_lei_41-2025_-_r_318.36714_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4586/projeto_de_lei_42-2025-ampliacao_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4587/projeto_de_lei_43-2025-alteracao_3323-2014_-_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4608/projeto_de_lei_44-2025_-_125a._alteracao_ppa_.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4609/projeto_de_lei_45-2025_-_9a._alteracao_ldo_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4610/projeto_de_lei_46-2025_-_r_221.29126_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4611/projeto_de_lei_47-2025_-_r_615.50672_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4612/projeto_de_lei_48-2025_-_r_1.586.37800_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4613/projeto_de_lei_49-2025-autorizacao_de_recebimento_de_bem_em_doacao.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4614/projeto_de_lei_50-2025-ampliacao_adm_e_psicologo.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4615/projeto_de_lei_51-2025-tabela_de_procedimentos.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4669/projeto_de_lei_no_52-2025_-_altera_lei_credito_educativo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4672/projeto_de_lei_53-2025-incentivos_regularizacao_transacoes_imobiliarias.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4646/projeto_de_lei_54-2025-alteracao_3323-2014_-_desenvolvimento_.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4647/projeto_de_lei_055-2025-premiacoes.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4670/projeto_de_lei_056-2025-ct_isencoes.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4671/projeto_de_lei_057-2025-concessao_propaganda_publicitaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4664/projeto_de_lei_58-2025_-_126a._alteracao_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4665/projeto_de_lei_59-2025_-_10a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4666/projeto_de_lei_60-2025_-_r_240.65370_-_superavit_suplementar_vinculado_2.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4667/projeto_de_lei_61-2025_-_r_338.00000_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4668/projeto_de_lei_62-2025_-_r_15.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4716/projeto_de_lei_63-2025-comite_gestor.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4690/projeto_de_lei_64-2025_-_127a._alteracao_ppa_.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4691/projeto_de_lei_65-2025_-_11a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4692/projeto_de_lei_66-2025_-_r_1.260.00000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4693/projeto_de_lei_67-2025_-_r_3.315.82271_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4694/projeto_de_lei_68-2025_-_r_1.475.50000_-_anulacao_suplementar1.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4695/projeto_de_lei_69-2025_-_r_300.00000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_70-2025_-_rafael_-_atendimento_medico_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4703/projeto_de_lei_71-2025_-_mesa_-_cria_cargo_de_diretor_geral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4717/projeto_de_lei_73-2025-alteracao_5.295_2024.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4718/projeto_de_lei_74-2025_-_funcao_gratificada_motorista_e_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4719/projeto_de_lei_75-2025_-_128a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4720/projeto_de_lei_76-2025_-_12a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4721/projeto_de_lei_77-2025_-_r_1.012.02409_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4722/projeto_de_lei_78-2025_-_r_135.42589_-_superavit_suplementar_livre_3.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4732/projeto_de_lei_no_79-2025_-_institui_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4742/projeto_de_lei_080-2025_-_129a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4743/projeto_de_lei_081-2025_-_13a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4744/projeto_de_lei_082-2025_-_r_70874_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4745/projeto_de_lei_083-2025_-_r_520.50000_-_anulacao_suplementar1.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4755/projeto_de_lei_084-2025-alteracao_lei_3.323.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4756/projeto_de_lei_085-2025-ampliacao_saude.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4757/projeto_de_lei_086-2025-tabela_de_procedimentos.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4758/projeto_de_lei_087-2025-ampliacao_de_vagas_prof_40_horas.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4759/projeto_de_lei_088-2025_-_130a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4760/projeto_de_lei_089-2025_-_14a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4761/projeto_de_lei_090-2025_-_r_344.00000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4762/projeto_de_lei_091-2025_-_r_130.00000_-_superavit_especial_livre.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4763/projeto_de_lei_092-2025_-_r_4.00000_-_anulacao_suplementar1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4764/projeto_de_lei_093-2025_-_r_91705_-_superavit_suplementar_vinculado_1.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4765/projeto_de_lei_094-2025_-_131a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4766/projeto_de_lei_095-2025_-_15a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4767/projeto_de_lei_096-2025_-_r_1.720.00000_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4768/projeto_de_lei_097-2025_-_132a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4769/projeto_de_lei_098-2025_-_16a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4770/projeto_de_lei_099-2025_-_r_130.47922_-_superavit_suplementar_especial_-_copia.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4771/projeto_de_lei_100-2025_-_r_1.863.88280_-_excesso_especial.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4772/projeto_de_lei_101-2025_-_r_800.00000_-_superavit_suplementar_especial.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4773/projeto_de_lei_102-2025_-_altera_lei_4.756.2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4774/projeto_de_lei_103-2025-lei_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4783/projeto_de_lei_104-2025_-_133a._alteracao_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4784/projeto_de_lei_105-2025_-_17a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4785/projeto_de_lei_106-2025_-_r_45.00000_-_superavit_livre_suplementar.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4786/projeto_de_lei_107-2025_-_r_15.00000_-_superavit_vinculado_suplementar.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4813/projeto_de_lei_108-2025_-_134a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4814/projeto_de_lei_109-2025_-_18a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4815/projeto_de_lei_110-2025_-_r_50.00000_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4816/projeto_de_lei_111-2025_-_r_241.32831_-_excesso_especial_1.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4817/projeto_de_lei_112-2025_-_r_300.00000_-_superavit_livre_especial.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4818/projeto_de_lei_113-2025_-_r143.44453_-_anulacao_suplmentar.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4819/projeto_de_lei_114-2025_-_r_241.32831_-_superavit_vinculado_especial_1.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4820/projeto_de_lei_115-2025_-_r_460.00000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4821/projeto_de_lei_116-2025_-_135a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4822/projeto_de_lei_117-2025_-_19a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4823/projeto_de_lei_118-2025_-_r_165.10691_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4824/projeto_de_lei_119-2025_-_r_30.00000_-_excesso_suplementar_vinculado_1.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4825/projeto_de_lei_120-2025_-_r_75.00000_-_excesso_especial_livre.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4826/projeto_de_lei_121-2025_-_r_110.00000_-_excesso_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4827/projeto_de_lei_122-2025-perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4843/projeto_de_lei_123-2025_-_136a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4844/projeto_de_lei_124-2025_-_20a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4845/projeto_de_lei_125-2025_-_r_84.06000_-_excesso_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4846/projeto_de_lei_126-2025_-_r_10.00000_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4847/projeto_de_lei_127-2025_-_r_21.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4848/projeto_de_lei_128-2025_-_r_60.00000_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4838/projeto_de_lei_129-2025_-_capacitacao_50.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4841/projeto_de_lei_no_130-25_-_institui_femma_calendario_oficial.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4852/projeto_de_lei_131-2025-tabela_de_procedimentos.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4853/projeto_de_lei_132-2025-ampliacao_assistente_social_e_psicologo.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4854/projeto_de_lei_133-2025_-_137a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4855/projeto_de_lei_134-2025_-_21a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4856/projeto_de_lei_135-2025-credito_adicional_suplementar_superavit_financeiro_-_mtda_2322_-_superavit_saude.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4857/projeto_de_lei_136-2025_credito_adicional_especial_superavit_financeiro_-_mtda_2318_-_convenio_202-2025_seab.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4858/projeto_de_lei_137-2025_credito_adicional_suplementar_superavit_financeiro_-_mtda_2316_-_convenio_235-2025_seab_e_contrato_de_repasse_971896.2024.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4859/projeto_de_lei_138-2025_-credito_adicional_especial_excesso_de_arrecadacao_-_mtda_2317_-_convenio_202.2025_seab.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4860/projeto_de_lei_139-2025_-credito_adicional_especial_excesso_de_arrecadacao_-_mtda_2315_-_convenio_235.2025_seab_e_contrato_de_repasse_971896.2024.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4861/projeto_de_lei_140-2025_-_credito_adicional_suplementar_excesso_de_arrecadacao_-_mtda_2320_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4866/projeto_de_lei_141-2025-incentivos.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4867/projeto_de_lei_142-2025_-_138a._alteracao_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4868/projeto_de_lei_143-2025_-_22a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4869/projeto_de_lei_144-2025_-_superavit_vinculado_r_270.85399.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4870/projeto_de_lei_145-2025_-_superavit_aporte_r_1.451.66532.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4871/projeto_de_lei_146-2025_-_anulacao_r_574.00000.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4891/projeto_de_lei_147-2025-ampliacao_educador_e_cuidador_social.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4892/projeto_de_lei_148-2025-prorrog_plano_educacao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4893/projeto_de_lei_149-2025_-_139a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4894/projeto_de_lei_150-2025_-_23a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4895/projeto_de_lei_151-2025_-_anulacao_r_43.00000.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4896/projeto_de_lei_152-2025_-_superavit_vinculado_r_268.69551.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4897/projeto_de_lei_153-2025_-_excesso_vinculado_r_188.27559.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4898/projeto_de_lei_154-2025_-_excesso_vinculado_r_3.321.24494.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4899/projeto_de_lei_155-2025_-_superavit_livre_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4900/projeto_de_lei_156-2025_-_excesso_vinculado_-_r_65.00000.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4901/projeto_de_lei_157-2025_-_superavit_vinculado_r_1.742.53636.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4902/projeto_de_lei_158-2025-ampliacao_de_vagas_prof_40_horas.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4903/projeto_de_lei_159-2025_-_140a._alteracao_ppa1.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4904/projeto_de_lei_160-2025_-_24a._alteracao_ldo1.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4905/projeto_de_lei_161-2025_-_superavit_livre_-_1.705.24696.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4906/projeto_de_lei_162-2025-autorizacao_de_recebimento_de_bem_em_doacao_carlos_turri.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4907/projeto_de_lei_163-2025_-_141a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4908/projeto_de_lei_164-2025_-_25a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4909/projeto_de_lei_165-2025_-_superavit_vinculado_r_146.61873.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4910/projeto_de_lei_166-2025_-_excesso_vinculado_r_9.596.99365.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4911/projeto_de_lei_167-2025_-_superavit_livre_r_1.093.47653.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4912/projeto_de_lei_168-2025_-_excesso_vinculado_r_8.811.05721_2.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4916/projeto_de_lei_169-2025-ppa_2026-2029_.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4917/projeto_de_lei_170-2025-loa_2026_.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4918/projeto_de_lei_171-2025-ampliacao_efetivos.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4923/projeto_de_lei_172-2025-cultura.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4924/projeto_de_lei_173-2025-esportes.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4925/projeto_de_lei_174-2025-contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4941/projeto_de_lei_175-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4926/projeto_de_lei_176-2025_-_142a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4927/projeto_de_lei_177-2025_-_26a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4928/projeto_de_lei_178-2025_-_r_664.10919_-_superavit_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4929/projeto_de_lei_179-2025_-_r_845.00000_-_excesso_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4930/projeto_de_lei_180-2025_-_r_328.24571_-_excesso_especial_vinculado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4931/projeto_de_lei_181-2025_-_r_147.40000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4932/projeto_de_lei_182-2025_-_r_33.87090_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4933/projeto_de_lei_183-2025_-_r_1.036.47175_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4934/projeto_de_lei_184-2025_-_r_85.00000_-_superavit_suplementar_vinculado_1.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4935/projeto_de_lei_185-2025_-_r_225.89081_-_superavit_especial_livre.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4936/projeto_de_lei_186-2025_-_143a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4937/projeto_de_lei_187-2025_-_27a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4938/projeto_de_lei_188-2025_-_r_25.85399_-_superavit_suplementar_vinculado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4939/projeto_de_lei_189-2025_-_r_487.95220_-_superavit_suplementar_livre.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4942/projeto_de_lei_190-2025_-_cidadao_honorario_hussein_bakri.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4970/projeto_de_lei_191-2025_-_144a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4971/projeto_de_lei_192-2025_-_28a._alteracao_ldo_.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4972/projeto_de_lei_193-2025_-_r_363.00000_-_excesso_vinculado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4973/projeto_de_lei_194-2025_-_r_43.50000_-_saude_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4954/projeto_de_lei_195-2025_-_145a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4955/projeto_de_lei_196-2025_-_29a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4956/projeto_de_lei_197-2025_-_r_534.00000_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4957/projeto_de_lei_198-2025_-_r_168.71207_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4958/projeto_de_lei_199-2025_-_146a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4959/projeto_de_lei_200-2025_-_30a._alteracao_ldo_.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4960/projeto_de_lei_201-2025_-_r_317.70000_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4961/projeto_de_lei_202-2025-gratificacao_de_funcao.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4963/projeto_de_lei_203-2025-autorizacao_de_recebimento_de_bem_em_doacao_medeiros.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4964/projeto_de_lei_204-2025_-_altera_lei_5.078-2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4965/projeto_de_lei_205-2025-cips.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4976/projeto_de_lei_206-2025_-_147a._alteracao_ppa_2.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4977/projeto_de_lei_207-2025_-_31a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4978/projeto_de_lei_208-2025_-_r_42.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4979/projeto_de_lei_209-2025_-_r_400.00000_-_superavit_suplementar.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4980/projeto_de_lei_210-2025_-_r_661.64267_-_superavit_sup_vinculado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4981/projeto_de_lei_211-2025_-_r_476.93886_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4982/projeto_de_lei_212-2025_-_r_553.05286_-_superavit_especial.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4983/projeto_de_lei_213-2025_-_r_679.15156_-_superavit_sup_livre.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4984/projeto_de_lei_214-2025_-_r_577.41099_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4985/projeto_de_lei_215-2025-vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4986/projeto_de_lei_216-2025_-_148a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4987/projeto_de_lei_217-2025_-_32a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4988/projeto_de_lei_218-2025_-_r_271.71438_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4989/projeto_de_lei_219-2025_-_r_450.00000_-_anulacao_suplementar_natal.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4990/projeto_de_lei_220-2025_-_r_110.00000_-_excesso_suplementar_cultura.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5002/projeto_de_lei_221-2025_-_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5003/projeto_de_lei_222-2025_-_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5053/projeto_de_lei_223-2025-amplia_vaga_tecnico_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5007/projeto_de_lei_224-2025_-_149a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5008/projeto_de_lei_225-2025_-_33a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5009/projeto_de_lei_226-2025_-_r_967.93945_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5004/projeto_de_lei_227-2025_-empresa_selo_autista.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5014/projeto_de_lei_228-2025_-_150a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5015/projeto_de_lei_229-2025_-_34a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5016/projeto_de_lei_230-2025_-_r_124.44417_-_anulacao_suplementar_.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5018/projeto_de_lei_231-2025_-_r_124.44417_-_obrigatoriedade_transparencia_de_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5020/projeto_de_lei_232-2025-previmat.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5021/projeto_de_lei_233-2025_-_151a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5022/projeto_de_lei_234-2025_-_35a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5023/projeto_de_lei_235-2025_-_r_600.01300_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5024/projeto_de_lei_236-2025_-_r_80.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5025/projeto_de_lei_237-2025_-_r_150.00000_-_excesso_especial.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5026/projeto_de_lei_238-2025_-_152a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5027/projeto_de_lei_239-2025_-_36a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5028/projeto_de_lei_240-2025_-_r_20.50000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5029/projeto_de_lei_241-2025_-_r_186.85220_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5036/projeto_de_lei_242-2025_-_153a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5037/projeto_de_lei_243-2025_-_37a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5038/projeto_de_lei_244-2025_-_r_250.00000_-_excesso_especial.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5039/projeto_de_lei_245-2025_-_r_843.75000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5040/projeto_de_lei_246-2025_-_r_200.00000_-_anulacao_suplementar.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5041/projeto_de_lei_247-2025_-_r_34.25751_-_anulacao_especial.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5054/projeto_de_lei_248-2025-insalubridade_merendeira.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5055/projeto_de_lei_249-2025-alteracao_da_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5056/projeto_de_lei_250-2025_-_154a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5057/projeto_de_lei_251-2025_-_38a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5058/projeto_de_lei_252-2025_-_r_166.40000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5059/projeto_de_lei_253-2025-alienacao_reserva_tecnica_13_agrocafeeira.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5060/projeto_de_lei_254-2025-politica_municipal_de_promocao_da_igualdade_racial_2.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5061/projeto_de_lei_255-2025-aluguel_social_.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5062/projeto_de_lei_256-2025-assitente_social-reducao_da_jornada.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5063/projeto_de_lei_257-2025_-_155a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5064/projeto_de_lei_258-2025_-_39a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5065/projeto_de_lei_259-2025_-_r_14.682.93564_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5066/projeto_de_lei_260-2025_-_156a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5067/projeto_de_lei_261-2025_-_40a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5068/projeto_de_lei_262-2025_-_r_20.975.34851_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5069/projeto_de_lei_263-2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5071/projeto_de_lei_264-2025_-_157a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5072/projeto_de_lei_265-2025_-_41a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5073/projeto_de_lei_266-2025_-_r_400.00000_-_anulacao_suplementar2.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5074/projeto_de_lei_267-2025_-_158a._alteracao_ppa.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5075/projeto_de_lei_268-2025_-_42a._alteracao_ldo.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5076/projeto_de_lei_269-2025_-_r_851.00000_-_excesso_suplementar.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4466/projeto_de_resolucao_no_01-25_-_cronograma_de_desembolso_mensal.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4702/projeto_de_resolucao_no_02-25compra_adiantamento_camara.docx" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4526/requerimento_no_01-25.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4568/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4584/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4585/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4682/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4714/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4741/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4779/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4780/requerimento_no__xxx_-lc_191_2022.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4781/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4797/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4840/requerimento_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4885/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4913/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/4997/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matelandia.pr.leg.br/media/sapl/public/materialegislativa/2025/5046/requerimento_16.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H557"/>
+  <dimension ref="A1:H608"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="140.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="155.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="218.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -14455,6800 +14995,8126 @@
       </c>
       <c r="D297" t="s">
         <v>17</v>
       </c>
       <c r="E297" t="s">
         <v>18</v>
       </c>
       <c r="F297" t="s">
         <v>46</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>1239</v>
       </c>
       <c r="H297" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>1241</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>10</v>
+        <v>1242</v>
       </c>
       <c r="D298" t="s">
-        <v>1242</v>
+        <v>17</v>
       </c>
       <c r="E298" t="s">
+        <v>18</v>
+      </c>
+      <c r="F298" t="s">
+        <v>119</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="F298" t="s">
-[...2 lines deleted...]
-      <c r="G298" s="1" t="s">
+      <c r="H298" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1245</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
         <v>1246</v>
       </c>
-      <c r="B299" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D299" t="s">
-        <v>1242</v>
+        <v>17</v>
       </c>
       <c r="E299" t="s">
-        <v>1243</v>
+        <v>18</v>
       </c>
       <c r="F299" t="s">
-        <v>1110</v>
+        <v>119</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="H299" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>1249</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>28</v>
+        <v>1250</v>
       </c>
       <c r="D300" t="s">
-        <v>1242</v>
+        <v>17</v>
       </c>
       <c r="E300" t="s">
-        <v>1243</v>
+        <v>18</v>
       </c>
       <c r="F300" t="s">
-        <v>1250</v>
+        <v>516</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="H300" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>1253</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>32</v>
+        <v>1254</v>
       </c>
       <c r="D301" t="s">
-        <v>1242</v>
+        <v>17</v>
       </c>
       <c r="E301" t="s">
-        <v>1243</v>
+        <v>18</v>
       </c>
       <c r="F301" t="s">
-        <v>1254</v>
+        <v>516</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="H301" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>1257</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>37</v>
+        <v>1258</v>
       </c>
       <c r="D302" t="s">
-        <v>1242</v>
+        <v>17</v>
       </c>
       <c r="E302" t="s">
-        <v>1243</v>
+        <v>18</v>
       </c>
       <c r="F302" t="s">
-        <v>1258</v>
+        <v>516</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="H302" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>1261</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>10</v>
+        <v>1262</v>
       </c>
       <c r="D303" t="s">
-        <v>1262</v>
+        <v>17</v>
       </c>
       <c r="E303" t="s">
+        <v>18</v>
+      </c>
+      <c r="F303" t="s">
+        <v>13</v>
+      </c>
+      <c r="G303" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="F303" t="s">
+      <c r="H303" t="s">
         <v>1264</v>
-      </c>
-[...4 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D304" t="s">
+        <v>17</v>
+      </c>
+      <c r="E304" t="s">
+        <v>18</v>
+      </c>
+      <c r="F304" t="s">
+        <v>13</v>
+      </c>
+      <c r="G304" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B304" t="s">
-[...11 lines deleted...]
-      <c r="F304" t="s">
+      <c r="H304" t="s">
         <v>1268</v>
-      </c>
-[...4 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D305" t="s">
+        <v>17</v>
+      </c>
+      <c r="E305" t="s">
+        <v>18</v>
+      </c>
+      <c r="F305" t="s">
+        <v>1012</v>
+      </c>
+      <c r="G305" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="B305" t="s">
-[...14 lines deleted...]
-      <c r="G305" s="1" t="s">
+      <c r="H305" t="s">
         <v>1272</v>
-      </c>
-[...1 lines deleted...]
-        <v>1273</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
         <v>1274</v>
       </c>
-      <c r="B306" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D306" t="s">
+        <v>17</v>
+      </c>
+      <c r="E306" t="s">
+        <v>18</v>
+      </c>
+      <c r="F306" t="s">
+        <v>516</v>
+      </c>
+      <c r="G306" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="E306" t="s">
+      <c r="H306" t="s">
         <v>1276</v>
-      </c>
-[...7 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D307" t="s">
+        <v>17</v>
+      </c>
+      <c r="E307" t="s">
+        <v>18</v>
+      </c>
+      <c r="F307" t="s">
         <v>1279</v>
-      </c>
-[...13 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="H307" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>1282</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>28</v>
+        <v>1283</v>
       </c>
       <c r="D308" t="s">
-        <v>1275</v>
+        <v>17</v>
       </c>
       <c r="E308" t="s">
-        <v>1276</v>
+        <v>18</v>
       </c>
       <c r="F308" t="s">
-        <v>1143</v>
+        <v>97</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="H308" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>32</v>
+        <v>1287</v>
       </c>
       <c r="D309" t="s">
-        <v>1275</v>
+        <v>17</v>
       </c>
       <c r="E309" t="s">
-        <v>1276</v>
+        <v>18</v>
       </c>
       <c r="F309" t="s">
-        <v>1143</v>
+        <v>97</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="H309" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>37</v>
+        <v>1291</v>
       </c>
       <c r="D310" t="s">
-        <v>1275</v>
+        <v>17</v>
       </c>
       <c r="E310" t="s">
-        <v>1276</v>
+        <v>18</v>
       </c>
       <c r="F310" t="s">
-        <v>1143</v>
+        <v>13</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="H310" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>41</v>
+        <v>1295</v>
       </c>
       <c r="D311" t="s">
-        <v>1275</v>
+        <v>17</v>
       </c>
       <c r="E311" t="s">
-        <v>1276</v>
+        <v>18</v>
       </c>
       <c r="F311" t="s">
-        <v>1143</v>
+        <v>97</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="H311" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>45</v>
+        <v>1299</v>
       </c>
       <c r="D312" t="s">
-        <v>1275</v>
+        <v>17</v>
       </c>
       <c r="E312" t="s">
-        <v>1276</v>
+        <v>18</v>
       </c>
       <c r="F312" t="s">
-        <v>1143</v>
+        <v>97</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="H312" t="s">
-        <v>1296</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D313" t="s">
-        <v>1275</v>
+        <v>1303</v>
       </c>
       <c r="E313" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="F313" t="s">
-        <v>1143</v>
+        <v>19</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="H313" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="D314" t="s">
-        <v>1275</v>
+        <v>1303</v>
       </c>
       <c r="E314" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="F314" t="s">
-        <v>1143</v>
+        <v>1110</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="H314" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>28</v>
+      </c>
+      <c r="D315" t="s">
         <v>1303</v>
       </c>
-      <c r="B315" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E315" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="F315" t="s">
-        <v>1143</v>
+        <v>1311</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
       <c r="H315" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1306</v>
+        <v>1314</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="D316" t="s">
-        <v>1275</v>
+        <v>1303</v>
       </c>
       <c r="E316" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="F316" t="s">
-        <v>1143</v>
+        <v>1315</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1307</v>
+        <v>1316</v>
       </c>
       <c r="H316" t="s">
-        <v>1308</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1309</v>
+        <v>1318</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="D317" t="s">
-        <v>1275</v>
+        <v>1303</v>
       </c>
       <c r="E317" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="F317" t="s">
-        <v>1143</v>
+        <v>1319</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1310</v>
+        <v>1320</v>
       </c>
       <c r="H317" t="s">
-        <v>1311</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1312</v>
+        <v>1322</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="D318" t="s">
-        <v>1275</v>
+        <v>1303</v>
       </c>
       <c r="E318" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="F318" t="s">
-        <v>1143</v>
+        <v>13</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1313</v>
+        <v>1323</v>
       </c>
       <c r="H318" t="s">
-        <v>1314</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1315</v>
+        <v>1325</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="D319" t="s">
-        <v>1275</v>
+        <v>1303</v>
       </c>
       <c r="E319" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="F319" t="s">
-        <v>1143</v>
+        <v>252</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
       <c r="H319" t="s">
-        <v>1317</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="D320" t="s">
-        <v>1275</v>
+        <v>1329</v>
       </c>
       <c r="E320" t="s">
-        <v>1276</v>
+        <v>1330</v>
       </c>
       <c r="F320" t="s">
-        <v>1143</v>
+        <v>1331</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1319</v>
+        <v>1332</v>
       </c>
       <c r="H320" t="s">
-        <v>1320</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1321</v>
+        <v>1334</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="D321" t="s">
-        <v>1275</v>
+        <v>1329</v>
       </c>
       <c r="E321" t="s">
-        <v>1276</v>
+        <v>1330</v>
       </c>
       <c r="F321" t="s">
-        <v>1143</v>
+        <v>1335</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1322</v>
+        <v>1336</v>
       </c>
       <c r="H321" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
       <c r="D322" t="s">
-        <v>1275</v>
+        <v>1329</v>
       </c>
       <c r="E322" t="s">
-        <v>1276</v>
+        <v>1330</v>
       </c>
       <c r="F322" t="s">
-        <v>1143</v>
+        <v>1331</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1325</v>
+        <v>1339</v>
       </c>
       <c r="H322" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D323" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E323" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F323" t="s">
         <v>1143</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1328</v>
+        <v>1344</v>
       </c>
       <c r="H323" t="s">
-        <v>1329</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1330</v>
+        <v>1346</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="D324" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E324" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F324" t="s">
         <v>1143</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1331</v>
+        <v>1347</v>
       </c>
       <c r="H324" t="s">
-        <v>1332</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1333</v>
+        <v>1349</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="D325" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E325" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F325" t="s">
         <v>1143</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1334</v>
+        <v>1350</v>
       </c>
       <c r="H325" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1336</v>
+        <v>1352</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="D326" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E326" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F326" t="s">
         <v>1143</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1337</v>
+        <v>1353</v>
       </c>
       <c r="H326" t="s">
-        <v>1338</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1339</v>
+        <v>1355</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="D327" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E327" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F327" t="s">
         <v>1143</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1340</v>
+        <v>1356</v>
       </c>
       <c r="H327" t="s">
-        <v>1341</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1342</v>
+        <v>1358</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>118</v>
+        <v>41</v>
       </c>
       <c r="D328" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E328" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F328" t="s">
         <v>1143</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1343</v>
+        <v>1359</v>
       </c>
       <c r="H328" t="s">
-        <v>1344</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1345</v>
+        <v>1361</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>123</v>
+        <v>45</v>
       </c>
       <c r="D329" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E329" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F329" t="s">
         <v>1143</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1346</v>
+        <v>1362</v>
       </c>
       <c r="H329" t="s">
-        <v>1347</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1348</v>
+        <v>1364</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>127</v>
+        <v>50</v>
       </c>
       <c r="D330" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E330" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F330" t="s">
         <v>1143</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1349</v>
+        <v>1365</v>
       </c>
       <c r="H330" t="s">
-        <v>1350</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1351</v>
+        <v>1367</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>131</v>
+        <v>54</v>
       </c>
       <c r="D331" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E331" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F331" t="s">
         <v>1143</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1352</v>
+        <v>1368</v>
       </c>
       <c r="H331" t="s">
-        <v>1353</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1354</v>
+        <v>1370</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>135</v>
+        <v>58</v>
       </c>
       <c r="D332" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E332" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F332" t="s">
         <v>1143</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1355</v>
+        <v>1371</v>
       </c>
       <c r="H332" t="s">
-        <v>1356</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1357</v>
+        <v>1373</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>139</v>
+        <v>63</v>
       </c>
       <c r="D333" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E333" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F333" t="s">
         <v>1143</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1358</v>
+        <v>1374</v>
       </c>
       <c r="H333" t="s">
-        <v>1359</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1360</v>
+        <v>1376</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>143</v>
+        <v>68</v>
       </c>
       <c r="D334" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E334" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F334" t="s">
         <v>1143</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1361</v>
+        <v>1377</v>
       </c>
       <c r="H334" t="s">
-        <v>1362</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1363</v>
+        <v>1379</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>147</v>
+        <v>72</v>
       </c>
       <c r="D335" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E335" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F335" t="s">
         <v>1143</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1364</v>
+        <v>1380</v>
       </c>
       <c r="H335" t="s">
-        <v>1365</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1366</v>
+        <v>1382</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>152</v>
+        <v>76</v>
       </c>
       <c r="D336" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E336" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F336" t="s">
         <v>1143</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1367</v>
+        <v>1383</v>
       </c>
       <c r="H336" t="s">
-        <v>1368</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1369</v>
+        <v>1385</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>156</v>
+        <v>81</v>
       </c>
       <c r="D337" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E337" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F337" t="s">
         <v>1143</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1370</v>
+        <v>1386</v>
       </c>
       <c r="H337" t="s">
-        <v>1371</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1372</v>
+        <v>1388</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>160</v>
+        <v>86</v>
       </c>
       <c r="D338" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E338" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F338" t="s">
         <v>1143</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1373</v>
+        <v>1389</v>
       </c>
       <c r="H338" t="s">
-        <v>1374</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1375</v>
+        <v>1391</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>164</v>
+        <v>91</v>
       </c>
       <c r="D339" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E339" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F339" t="s">
         <v>1143</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1376</v>
+        <v>1392</v>
       </c>
       <c r="H339" t="s">
-        <v>1377</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1378</v>
+        <v>1394</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>168</v>
+        <v>96</v>
       </c>
       <c r="D340" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E340" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F340" t="s">
         <v>1143</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1379</v>
+        <v>1395</v>
       </c>
       <c r="H340" t="s">
-        <v>1380</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1381</v>
+        <v>1397</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>172</v>
+        <v>101</v>
       </c>
       <c r="D341" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E341" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F341" t="s">
         <v>1143</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1382</v>
+        <v>1398</v>
       </c>
       <c r="H341" t="s">
-        <v>1383</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1384</v>
+        <v>1400</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>176</v>
+        <v>105</v>
       </c>
       <c r="D342" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E342" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F342" t="s">
         <v>1143</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1385</v>
+        <v>1401</v>
       </c>
       <c r="H342" t="s">
-        <v>1386</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1387</v>
+        <v>1403</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="D343" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E343" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F343" t="s">
         <v>1143</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1388</v>
+        <v>1404</v>
       </c>
       <c r="H343" t="s">
-        <v>1389</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1390</v>
+        <v>1406</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>184</v>
+        <v>113</v>
       </c>
       <c r="D344" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E344" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F344" t="s">
         <v>1143</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1391</v>
+        <v>1407</v>
       </c>
       <c r="H344" t="s">
-        <v>1392</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1393</v>
+        <v>1409</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="D345" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E345" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F345" t="s">
         <v>1143</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1394</v>
+        <v>1410</v>
       </c>
       <c r="H345" t="s">
-        <v>1395</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1396</v>
+        <v>1412</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>193</v>
+        <v>123</v>
       </c>
       <c r="D346" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E346" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F346" t="s">
         <v>1143</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1397</v>
+        <v>1413</v>
       </c>
       <c r="H346" t="s">
-        <v>1398</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1399</v>
+        <v>1415</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>198</v>
+        <v>127</v>
       </c>
       <c r="D347" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E347" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F347" t="s">
         <v>1143</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1400</v>
+        <v>1416</v>
       </c>
       <c r="H347" t="s">
-        <v>1401</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1402</v>
+        <v>1418</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>202</v>
+        <v>131</v>
       </c>
       <c r="D348" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E348" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F348" t="s">
         <v>1143</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1403</v>
+        <v>1419</v>
       </c>
       <c r="H348" t="s">
-        <v>1404</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1405</v>
+        <v>1421</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>206</v>
+        <v>135</v>
       </c>
       <c r="D349" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E349" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F349" t="s">
         <v>1143</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1406</v>
+        <v>1422</v>
       </c>
       <c r="H349" t="s">
-        <v>1407</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1408</v>
+        <v>1424</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>210</v>
+        <v>139</v>
       </c>
       <c r="D350" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E350" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F350" t="s">
         <v>1143</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1409</v>
+        <v>1425</v>
       </c>
       <c r="H350" t="s">
-        <v>1410</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1411</v>
+        <v>1427</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>214</v>
+        <v>143</v>
       </c>
       <c r="D351" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E351" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F351" t="s">
         <v>1143</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1412</v>
+        <v>1428</v>
       </c>
       <c r="H351" t="s">
-        <v>1413</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1414</v>
+        <v>1430</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>218</v>
+        <v>147</v>
       </c>
       <c r="D352" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E352" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F352" t="s">
         <v>1143</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1415</v>
+        <v>1431</v>
       </c>
       <c r="H352" t="s">
-        <v>1416</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1417</v>
+        <v>1433</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>222</v>
+        <v>152</v>
       </c>
       <c r="D353" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E353" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F353" t="s">
         <v>1143</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1418</v>
+        <v>1434</v>
       </c>
       <c r="H353" t="s">
-        <v>1419</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1420</v>
+        <v>1436</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>226</v>
+        <v>156</v>
       </c>
       <c r="D354" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E354" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F354" t="s">
         <v>1143</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1421</v>
+        <v>1437</v>
       </c>
       <c r="H354" t="s">
-        <v>1422</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1423</v>
+        <v>1439</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>230</v>
+        <v>160</v>
       </c>
       <c r="D355" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E355" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F355" t="s">
         <v>1143</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1424</v>
+        <v>1440</v>
       </c>
       <c r="H355" t="s">
-        <v>1425</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1426</v>
+        <v>1442</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>234</v>
+        <v>164</v>
       </c>
       <c r="D356" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E356" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F356" t="s">
         <v>1143</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1427</v>
+        <v>1443</v>
       </c>
       <c r="H356" t="s">
-        <v>1428</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1429</v>
+        <v>1445</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>238</v>
+        <v>168</v>
       </c>
       <c r="D357" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E357" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F357" t="s">
         <v>1143</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1430</v>
+        <v>1446</v>
       </c>
       <c r="H357" t="s">
-        <v>1431</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1432</v>
+        <v>1448</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>242</v>
+        <v>172</v>
       </c>
       <c r="D358" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E358" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F358" t="s">
         <v>1143</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1433</v>
+        <v>1449</v>
       </c>
       <c r="H358" t="s">
-        <v>1434</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1435</v>
+        <v>1451</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>246</v>
+        <v>176</v>
       </c>
       <c r="D359" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E359" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F359" t="s">
         <v>1143</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1436</v>
+        <v>1452</v>
       </c>
       <c r="H359" t="s">
-        <v>1437</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1438</v>
+        <v>1454</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>251</v>
+        <v>180</v>
       </c>
       <c r="D360" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E360" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F360" t="s">
         <v>1143</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1439</v>
+        <v>1455</v>
       </c>
       <c r="H360" t="s">
-        <v>1440</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1441</v>
+        <v>1457</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>256</v>
+        <v>184</v>
       </c>
       <c r="D361" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E361" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F361" t="s">
         <v>1143</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1442</v>
+        <v>1458</v>
       </c>
       <c r="H361" t="s">
-        <v>1443</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1444</v>
+        <v>1460</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>260</v>
+        <v>189</v>
       </c>
       <c r="D362" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E362" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F362" t="s">
         <v>1143</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1445</v>
+        <v>1461</v>
       </c>
       <c r="H362" t="s">
-        <v>1446</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1447</v>
+        <v>1463</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>264</v>
+        <v>193</v>
       </c>
       <c r="D363" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E363" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F363" t="s">
         <v>1143</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1448</v>
+        <v>1464</v>
       </c>
       <c r="H363" t="s">
-        <v>1449</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1450</v>
+        <v>1466</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>268</v>
+        <v>198</v>
       </c>
       <c r="D364" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E364" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F364" t="s">
         <v>1143</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1451</v>
+        <v>1467</v>
       </c>
       <c r="H364" t="s">
-        <v>1452</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1453</v>
+        <v>1469</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>272</v>
+        <v>202</v>
       </c>
       <c r="D365" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E365" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F365" t="s">
         <v>1143</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1454</v>
+        <v>1470</v>
       </c>
       <c r="H365" t="s">
-        <v>1455</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1456</v>
+        <v>1472</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>276</v>
+        <v>206</v>
       </c>
       <c r="D366" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E366" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F366" t="s">
         <v>1143</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1457</v>
+        <v>1473</v>
       </c>
       <c r="H366" t="s">
-        <v>1458</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1459</v>
+        <v>1475</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>280</v>
+        <v>210</v>
       </c>
       <c r="D367" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E367" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F367" t="s">
         <v>1143</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1460</v>
+        <v>1476</v>
       </c>
       <c r="H367" t="s">
-        <v>1461</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1462</v>
+        <v>1478</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>284</v>
+        <v>214</v>
       </c>
       <c r="D368" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E368" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F368" t="s">
         <v>1143</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1463</v>
+        <v>1479</v>
       </c>
       <c r="H368" t="s">
-        <v>1464</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1465</v>
+        <v>1481</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>289</v>
+        <v>218</v>
       </c>
       <c r="D369" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E369" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F369" t="s">
         <v>1143</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1466</v>
+        <v>1482</v>
       </c>
       <c r="H369" t="s">
-        <v>1467</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1468</v>
+        <v>1484</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>293</v>
+        <v>222</v>
       </c>
       <c r="D370" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E370" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F370" t="s">
         <v>1143</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1469</v>
+        <v>1485</v>
       </c>
       <c r="H370" t="s">
-        <v>1470</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1471</v>
+        <v>1487</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>297</v>
+        <v>226</v>
       </c>
       <c r="D371" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E371" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F371" t="s">
         <v>1143</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1472</v>
+        <v>1488</v>
       </c>
       <c r="H371" t="s">
-        <v>1473</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1474</v>
+        <v>1490</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>301</v>
+        <v>230</v>
       </c>
       <c r="D372" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E372" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F372" t="s">
         <v>1143</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1475</v>
+        <v>1491</v>
       </c>
       <c r="H372" t="s">
-        <v>1476</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1477</v>
+        <v>1493</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>305</v>
+        <v>234</v>
       </c>
       <c r="D373" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E373" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F373" t="s">
         <v>1143</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1478</v>
+        <v>1494</v>
       </c>
       <c r="H373" t="s">
-        <v>1479</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1480</v>
+        <v>1496</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>309</v>
+        <v>238</v>
       </c>
       <c r="D374" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E374" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F374" t="s">
         <v>1143</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1481</v>
+        <v>1497</v>
       </c>
       <c r="H374" t="s">
-        <v>1482</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1483</v>
+        <v>1499</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>313</v>
+        <v>242</v>
       </c>
       <c r="D375" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E375" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F375" t="s">
-        <v>322</v>
+        <v>1143</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1484</v>
+        <v>1500</v>
       </c>
       <c r="H375" t="s">
-        <v>1485</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1486</v>
+        <v>1502</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>317</v>
+        <v>246</v>
       </c>
       <c r="D376" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E376" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F376" t="s">
-        <v>1268</v>
+        <v>1143</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1487</v>
+        <v>1503</v>
       </c>
       <c r="H376" t="s">
-        <v>1488</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1489</v>
+        <v>1505</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>326</v>
+        <v>251</v>
       </c>
       <c r="D377" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E377" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F377" t="s">
         <v>1143</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1490</v>
+        <v>1506</v>
       </c>
       <c r="H377" t="s">
-        <v>1491</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1492</v>
+        <v>1508</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>330</v>
+        <v>256</v>
       </c>
       <c r="D378" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E378" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F378" t="s">
         <v>1143</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1493</v>
+        <v>1509</v>
       </c>
       <c r="H378" t="s">
-        <v>1494</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1495</v>
+        <v>1511</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>334</v>
+        <v>260</v>
       </c>
       <c r="D379" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E379" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F379" t="s">
         <v>1143</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1496</v>
+        <v>1512</v>
       </c>
       <c r="H379" t="s">
-        <v>1497</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1498</v>
+        <v>1514</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>338</v>
+        <v>264</v>
       </c>
       <c r="D380" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E380" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F380" t="s">
         <v>1143</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1499</v>
+        <v>1515</v>
       </c>
       <c r="H380" t="s">
-        <v>1500</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1501</v>
+        <v>1517</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>342</v>
+        <v>268</v>
       </c>
       <c r="D381" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E381" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F381" t="s">
         <v>1143</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1502</v>
+        <v>1518</v>
       </c>
       <c r="H381" t="s">
-        <v>1503</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1504</v>
+        <v>1520</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>346</v>
+        <v>272</v>
       </c>
       <c r="D382" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E382" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F382" t="s">
         <v>1143</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1505</v>
+        <v>1521</v>
       </c>
       <c r="H382" t="s">
-        <v>1506</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1507</v>
+        <v>1523</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>350</v>
+        <v>276</v>
       </c>
       <c r="D383" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E383" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F383" t="s">
-        <v>386</v>
+        <v>1143</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1508</v>
+        <v>1524</v>
       </c>
       <c r="H383" t="s">
-        <v>1509</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1510</v>
+        <v>1526</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>355</v>
+        <v>280</v>
       </c>
       <c r="D384" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E384" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F384" t="s">
         <v>1143</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1511</v>
+        <v>1527</v>
       </c>
       <c r="H384" t="s">
-        <v>1512</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1513</v>
+        <v>1529</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>360</v>
+        <v>284</v>
       </c>
       <c r="D385" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E385" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F385" t="s">
         <v>1143</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1514</v>
+        <v>1530</v>
       </c>
       <c r="H385" t="s">
-        <v>1515</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1516</v>
+        <v>1532</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>364</v>
+        <v>289</v>
       </c>
       <c r="D386" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E386" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F386" t="s">
         <v>1143</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1517</v>
+        <v>1533</v>
       </c>
       <c r="H386" t="s">
-        <v>1518</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1519</v>
+        <v>1535</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>369</v>
+        <v>293</v>
       </c>
       <c r="D387" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E387" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F387" t="s">
         <v>1143</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1520</v>
+        <v>1536</v>
       </c>
       <c r="H387" t="s">
-        <v>1521</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1522</v>
+        <v>1538</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>373</v>
+        <v>297</v>
       </c>
       <c r="D388" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E388" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F388" t="s">
         <v>1143</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1523</v>
+        <v>1539</v>
       </c>
       <c r="H388" t="s">
-        <v>1524</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1525</v>
+        <v>1541</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>377</v>
+        <v>301</v>
       </c>
       <c r="D389" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E389" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F389" t="s">
         <v>1143</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1526</v>
+        <v>1542</v>
       </c>
       <c r="H389" t="s">
-        <v>1527</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1528</v>
+        <v>1544</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>381</v>
+        <v>305</v>
       </c>
       <c r="D390" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E390" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F390" t="s">
         <v>1143</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
       <c r="H390" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>385</v>
+        <v>309</v>
       </c>
       <c r="D391" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E391" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F391" t="s">
         <v>1143</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1532</v>
+        <v>1548</v>
       </c>
       <c r="H391" t="s">
-        <v>1533</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1534</v>
+        <v>1550</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>390</v>
+        <v>313</v>
       </c>
       <c r="D392" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E392" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F392" t="s">
-        <v>1143</v>
+        <v>322</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1535</v>
+        <v>1551</v>
       </c>
       <c r="H392" t="s">
-        <v>1536</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1537</v>
+        <v>1553</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>394</v>
+        <v>317</v>
       </c>
       <c r="D393" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E393" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F393" t="s">
-        <v>1143</v>
+        <v>1335</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1538</v>
+        <v>1554</v>
       </c>
       <c r="H393" t="s">
-        <v>1539</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1540</v>
+        <v>1556</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>398</v>
+        <v>326</v>
       </c>
       <c r="D394" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E394" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F394" t="s">
         <v>1143</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1541</v>
+        <v>1557</v>
       </c>
       <c r="H394" t="s">
-        <v>1542</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1543</v>
+        <v>1559</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>402</v>
+        <v>330</v>
       </c>
       <c r="D395" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E395" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F395" t="s">
         <v>1143</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1544</v>
+        <v>1560</v>
       </c>
       <c r="H395" t="s">
-        <v>1545</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1546</v>
+        <v>1562</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>406</v>
+        <v>334</v>
       </c>
       <c r="D396" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E396" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F396" t="s">
         <v>1143</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1547</v>
+        <v>1563</v>
       </c>
       <c r="H396" t="s">
-        <v>1548</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1549</v>
+        <v>1565</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>410</v>
+        <v>338</v>
       </c>
       <c r="D397" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E397" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F397" t="s">
         <v>1143</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1550</v>
+        <v>1566</v>
       </c>
       <c r="H397" t="s">
-        <v>1551</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1552</v>
+        <v>1568</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>414</v>
+        <v>342</v>
       </c>
       <c r="D398" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E398" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F398" t="s">
         <v>1143</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1553</v>
+        <v>1569</v>
       </c>
       <c r="H398" t="s">
-        <v>1554</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1555</v>
+        <v>1571</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>418</v>
+        <v>346</v>
       </c>
       <c r="D399" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E399" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F399" t="s">
         <v>1143</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1556</v>
+        <v>1572</v>
       </c>
       <c r="H399" t="s">
-        <v>1557</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1558</v>
+        <v>1574</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>422</v>
+        <v>350</v>
       </c>
       <c r="D400" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E400" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F400" t="s">
-        <v>1143</v>
+        <v>386</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1559</v>
+        <v>1575</v>
       </c>
       <c r="H400" t="s">
-        <v>1560</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1561</v>
+        <v>1577</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>426</v>
+        <v>355</v>
       </c>
       <c r="D401" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E401" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F401" t="s">
         <v>1143</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1562</v>
+        <v>1578</v>
       </c>
       <c r="H401" t="s">
-        <v>1563</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1564</v>
+        <v>1580</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>430</v>
+        <v>360</v>
       </c>
       <c r="D402" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E402" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F402" t="s">
         <v>1143</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1565</v>
+        <v>1581</v>
       </c>
       <c r="H402" t="s">
-        <v>1566</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1567</v>
+        <v>1583</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>434</v>
+        <v>364</v>
       </c>
       <c r="D403" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E403" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F403" t="s">
         <v>1143</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1568</v>
+        <v>1584</v>
       </c>
       <c r="H403" t="s">
-        <v>1569</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1570</v>
+        <v>1586</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>438</v>
+        <v>369</v>
       </c>
       <c r="D404" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E404" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F404" t="s">
         <v>1143</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1571</v>
+        <v>1587</v>
       </c>
       <c r="H404" t="s">
-        <v>1572</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1573</v>
+        <v>1589</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>442</v>
+        <v>373</v>
       </c>
       <c r="D405" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E405" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F405" t="s">
         <v>1143</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1574</v>
+        <v>1590</v>
       </c>
       <c r="H405" t="s">
-        <v>1575</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1576</v>
+        <v>1592</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>446</v>
+        <v>377</v>
       </c>
       <c r="D406" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E406" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F406" t="s">
         <v>1143</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1577</v>
+        <v>1593</v>
       </c>
       <c r="H406" t="s">
-        <v>1578</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1579</v>
+        <v>1595</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>450</v>
+        <v>381</v>
       </c>
       <c r="D407" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E407" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F407" t="s">
         <v>1143</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1580</v>
+        <v>1596</v>
       </c>
       <c r="H407" t="s">
-        <v>1581</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1582</v>
+        <v>1598</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>454</v>
+        <v>385</v>
       </c>
       <c r="D408" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E408" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F408" t="s">
         <v>1143</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1583</v>
+        <v>1599</v>
       </c>
       <c r="H408" t="s">
-        <v>1584</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1585</v>
+        <v>1601</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>458</v>
+        <v>390</v>
       </c>
       <c r="D409" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E409" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F409" t="s">
         <v>1143</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1586</v>
+        <v>1602</v>
       </c>
       <c r="H409" t="s">
-        <v>1587</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1588</v>
+        <v>1604</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>462</v>
+        <v>394</v>
       </c>
       <c r="D410" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E410" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F410" t="s">
         <v>1143</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1589</v>
+        <v>1605</v>
       </c>
       <c r="H410" t="s">
-        <v>1590</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1591</v>
+        <v>1607</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>466</v>
+        <v>398</v>
       </c>
       <c r="D411" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E411" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F411" t="s">
         <v>1143</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1592</v>
+        <v>1608</v>
       </c>
       <c r="H411" t="s">
-        <v>1593</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1594</v>
+        <v>1610</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>470</v>
+        <v>402</v>
       </c>
       <c r="D412" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E412" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F412" t="s">
         <v>1143</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1595</v>
+        <v>1611</v>
       </c>
       <c r="H412" t="s">
-        <v>1596</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1597</v>
+        <v>1613</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>474</v>
+        <v>406</v>
       </c>
       <c r="D413" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E413" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F413" t="s">
         <v>1143</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1598</v>
+        <v>1614</v>
       </c>
       <c r="H413" t="s">
-        <v>1599</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1600</v>
+        <v>1616</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>478</v>
+        <v>410</v>
       </c>
       <c r="D414" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E414" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F414" t="s">
         <v>1143</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1601</v>
+        <v>1617</v>
       </c>
       <c r="H414" t="s">
-        <v>1602</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1603</v>
+        <v>1619</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>482</v>
+        <v>414</v>
       </c>
       <c r="D415" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E415" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F415" t="s">
         <v>1143</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1604</v>
+        <v>1620</v>
       </c>
       <c r="H415" t="s">
-        <v>1605</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1606</v>
+        <v>1622</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>486</v>
+        <v>418</v>
       </c>
       <c r="D416" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E416" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F416" t="s">
         <v>1143</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1607</v>
+        <v>1623</v>
       </c>
       <c r="H416" t="s">
-        <v>1608</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1609</v>
+        <v>1625</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>490</v>
+        <v>422</v>
       </c>
       <c r="D417" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E417" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F417" t="s">
         <v>1143</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1610</v>
+        <v>1626</v>
       </c>
       <c r="H417" t="s">
-        <v>1611</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1612</v>
+        <v>1628</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>495</v>
+        <v>426</v>
       </c>
       <c r="D418" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E418" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F418" t="s">
         <v>1143</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1613</v>
+        <v>1629</v>
       </c>
       <c r="H418" t="s">
-        <v>1605</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1614</v>
+        <v>1631</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>499</v>
+        <v>430</v>
       </c>
       <c r="D419" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E419" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F419" t="s">
         <v>1143</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1615</v>
+        <v>1632</v>
       </c>
       <c r="H419" t="s">
-        <v>1616</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1617</v>
+        <v>1634</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>503</v>
+        <v>434</v>
       </c>
       <c r="D420" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E420" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F420" t="s">
         <v>1143</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1618</v>
+        <v>1635</v>
       </c>
       <c r="H420" t="s">
-        <v>1619</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>507</v>
+        <v>438</v>
       </c>
       <c r="D421" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E421" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F421" t="s">
         <v>1143</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1621</v>
+        <v>1638</v>
       </c>
       <c r="H421" t="s">
-        <v>1622</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1623</v>
+        <v>1640</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>511</v>
+        <v>442</v>
       </c>
       <c r="D422" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E422" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F422" t="s">
         <v>1143</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1624</v>
+        <v>1641</v>
       </c>
       <c r="H422" t="s">
-        <v>1625</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1626</v>
+        <v>1643</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>515</v>
+        <v>446</v>
       </c>
       <c r="D423" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E423" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F423" t="s">
         <v>1143</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1627</v>
+        <v>1644</v>
       </c>
       <c r="H423" t="s">
-        <v>1628</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1629</v>
+        <v>1646</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>520</v>
+        <v>450</v>
       </c>
       <c r="D424" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E424" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F424" t="s">
         <v>1143</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1630</v>
+        <v>1647</v>
       </c>
       <c r="H424" t="s">
-        <v>1631</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1632</v>
+        <v>1649</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>524</v>
+        <v>454</v>
       </c>
       <c r="D425" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E425" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F425" t="s">
         <v>1143</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1633</v>
+        <v>1650</v>
       </c>
       <c r="H425" t="s">
-        <v>1634</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1635</v>
+        <v>1652</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>528</v>
+        <v>458</v>
       </c>
       <c r="D426" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E426" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F426" t="s">
         <v>1143</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1636</v>
+        <v>1653</v>
       </c>
       <c r="H426" t="s">
-        <v>1637</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1638</v>
+        <v>1655</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>532</v>
+        <v>462</v>
       </c>
       <c r="D427" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E427" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F427" t="s">
         <v>1143</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1639</v>
+        <v>1656</v>
       </c>
       <c r="H427" t="s">
-        <v>1640</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1641</v>
+        <v>1658</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>536</v>
+        <v>466</v>
       </c>
       <c r="D428" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E428" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F428" t="s">
         <v>1143</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1642</v>
+        <v>1659</v>
       </c>
       <c r="H428" t="s">
-        <v>1643</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1644</v>
+        <v>1661</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>540</v>
+        <v>470</v>
       </c>
       <c r="D429" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E429" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F429" t="s">
         <v>1143</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1645</v>
+        <v>1662</v>
       </c>
       <c r="H429" t="s">
-        <v>1646</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1647</v>
+        <v>1664</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>544</v>
+        <v>474</v>
       </c>
       <c r="D430" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E430" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F430" t="s">
         <v>1143</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1648</v>
+        <v>1665</v>
       </c>
       <c r="H430" t="s">
-        <v>1649</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>548</v>
+        <v>478</v>
       </c>
       <c r="D431" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E431" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F431" t="s">
         <v>1143</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1651</v>
+        <v>1668</v>
       </c>
       <c r="H431" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>552</v>
+        <v>482</v>
       </c>
       <c r="D432" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E432" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F432" t="s">
         <v>1143</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1654</v>
+        <v>1671</v>
       </c>
       <c r="H432" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1656</v>
+        <v>1673</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>556</v>
+        <v>486</v>
       </c>
       <c r="D433" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E433" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F433" t="s">
-        <v>1657</v>
+        <v>1143</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1658</v>
+        <v>1674</v>
       </c>
       <c r="H433" t="s">
-        <v>1659</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1660</v>
+        <v>1676</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>560</v>
+        <v>490</v>
       </c>
       <c r="D434" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E434" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F434" t="s">
-        <v>1661</v>
+        <v>1143</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1662</v>
+        <v>1677</v>
       </c>
       <c r="H434" t="s">
-        <v>1663</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1664</v>
+        <v>1679</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>564</v>
+        <v>495</v>
       </c>
       <c r="D435" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E435" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F435" t="s">
         <v>1143</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1665</v>
+        <v>1680</v>
       </c>
       <c r="H435" t="s">
-        <v>1530</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1666</v>
+        <v>1681</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>569</v>
+        <v>499</v>
       </c>
       <c r="D436" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E436" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F436" t="s">
         <v>1143</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1667</v>
+        <v>1682</v>
       </c>
       <c r="H436" t="s">
-        <v>1281</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1668</v>
+        <v>1684</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>573</v>
+        <v>503</v>
       </c>
       <c r="D437" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E437" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F437" t="s">
         <v>1143</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1669</v>
+        <v>1685</v>
       </c>
       <c r="H437" t="s">
-        <v>1670</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1671</v>
+        <v>1687</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>577</v>
+        <v>507</v>
       </c>
       <c r="D438" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E438" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F438" t="s">
         <v>1143</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1672</v>
+        <v>1688</v>
       </c>
       <c r="H438" t="s">
-        <v>1673</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1674</v>
+        <v>1690</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>581</v>
+        <v>511</v>
       </c>
       <c r="D439" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E439" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F439" t="s">
         <v>1143</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1675</v>
+        <v>1691</v>
       </c>
       <c r="H439" t="s">
-        <v>1676</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1677</v>
+        <v>1693</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>586</v>
+        <v>515</v>
       </c>
       <c r="D440" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E440" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F440" t="s">
         <v>1143</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1678</v>
+        <v>1694</v>
       </c>
       <c r="H440" t="s">
-        <v>1679</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1680</v>
+        <v>1696</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>590</v>
+        <v>520</v>
       </c>
       <c r="D441" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E441" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F441" t="s">
         <v>1143</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1681</v>
+        <v>1697</v>
       </c>
       <c r="H441" t="s">
-        <v>1682</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1683</v>
+        <v>1699</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>594</v>
+        <v>524</v>
       </c>
       <c r="D442" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E442" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F442" t="s">
         <v>1143</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1684</v>
+        <v>1700</v>
       </c>
       <c r="H442" t="s">
-        <v>1685</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1686</v>
+        <v>1702</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>598</v>
+        <v>528</v>
       </c>
       <c r="D443" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E443" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F443" t="s">
         <v>1143</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1687</v>
+        <v>1703</v>
       </c>
       <c r="H443" t="s">
-        <v>1688</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1689</v>
+        <v>1705</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>603</v>
+        <v>532</v>
       </c>
       <c r="D444" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E444" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F444" t="s">
         <v>1143</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1690</v>
+        <v>1706</v>
       </c>
       <c r="H444" t="s">
-        <v>1691</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1692</v>
+        <v>1708</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>607</v>
+        <v>536</v>
       </c>
       <c r="D445" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E445" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F445" t="s">
         <v>1143</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1693</v>
+        <v>1709</v>
       </c>
       <c r="H445" t="s">
-        <v>1694</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1695</v>
+        <v>1711</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>611</v>
+        <v>540</v>
       </c>
       <c r="D446" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E446" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F446" t="s">
         <v>1143</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1696</v>
+        <v>1712</v>
       </c>
       <c r="H446" t="s">
-        <v>1697</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1698</v>
+        <v>1714</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>615</v>
+        <v>544</v>
       </c>
       <c r="D447" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E447" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F447" t="s">
         <v>1143</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1699</v>
+        <v>1715</v>
       </c>
       <c r="H447" t="s">
-        <v>1700</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1701</v>
+        <v>1717</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>619</v>
+        <v>548</v>
       </c>
       <c r="D448" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E448" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F448" t="s">
         <v>1143</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1702</v>
+        <v>1718</v>
       </c>
       <c r="H448" t="s">
-        <v>1703</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1704</v>
+        <v>1720</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>623</v>
+        <v>552</v>
       </c>
       <c r="D449" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E449" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F449" t="s">
         <v>1143</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1705</v>
+        <v>1721</v>
       </c>
       <c r="H449" t="s">
-        <v>1706</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1707</v>
+        <v>1723</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>627</v>
+        <v>556</v>
       </c>
       <c r="D450" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E450" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F450" t="s">
-        <v>1143</v>
+        <v>1724</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1708</v>
+        <v>1725</v>
       </c>
       <c r="H450" t="s">
-        <v>1709</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1710</v>
+        <v>1727</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>631</v>
+        <v>560</v>
       </c>
       <c r="D451" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E451" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F451" t="s">
-        <v>1143</v>
+        <v>1728</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1711</v>
+        <v>1729</v>
       </c>
       <c r="H451" t="s">
-        <v>1712</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1713</v>
+        <v>1731</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>635</v>
+        <v>564</v>
       </c>
       <c r="D452" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E452" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F452" t="s">
         <v>1143</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1714</v>
+        <v>1732</v>
       </c>
       <c r="H452" t="s">
-        <v>1715</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1716</v>
+        <v>1733</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>639</v>
+        <v>569</v>
       </c>
       <c r="D453" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E453" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F453" t="s">
         <v>1143</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1717</v>
+        <v>1734</v>
       </c>
       <c r="H453" t="s">
-        <v>1718</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1719</v>
+        <v>1735</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>643</v>
+        <v>573</v>
       </c>
       <c r="D454" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E454" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F454" t="s">
         <v>1143</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1720</v>
+        <v>1736</v>
       </c>
       <c r="H454" t="s">
-        <v>1721</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1722</v>
+        <v>1738</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>647</v>
+        <v>577</v>
       </c>
       <c r="D455" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E455" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F455" t="s">
         <v>1143</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1723</v>
+        <v>1739</v>
       </c>
       <c r="H455" t="s">
-        <v>1724</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1725</v>
+        <v>1741</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>651</v>
+        <v>581</v>
       </c>
       <c r="D456" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E456" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F456" t="s">
         <v>1143</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1726</v>
+        <v>1742</v>
       </c>
       <c r="H456" t="s">
-        <v>1727</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1728</v>
+        <v>1744</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>655</v>
+        <v>586</v>
       </c>
       <c r="D457" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E457" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F457" t="s">
         <v>1143</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1729</v>
+        <v>1745</v>
       </c>
       <c r="H457" t="s">
-        <v>1730</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1731</v>
+        <v>1747</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>659</v>
+        <v>590</v>
       </c>
       <c r="D458" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E458" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F458" t="s">
         <v>1143</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1732</v>
+        <v>1748</v>
       </c>
       <c r="H458" t="s">
-        <v>1733</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1734</v>
+        <v>1750</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>663</v>
+        <v>594</v>
       </c>
       <c r="D459" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E459" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F459" t="s">
         <v>1143</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1735</v>
+        <v>1751</v>
       </c>
       <c r="H459" t="s">
-        <v>1706</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1736</v>
+        <v>1753</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>667</v>
+        <v>598</v>
       </c>
       <c r="D460" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E460" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F460" t="s">
         <v>1143</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1737</v>
+        <v>1754</v>
       </c>
       <c r="H460" t="s">
-        <v>1738</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1739</v>
+        <v>1756</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>671</v>
+        <v>603</v>
       </c>
       <c r="D461" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E461" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F461" t="s">
         <v>1143</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1740</v>
+        <v>1757</v>
       </c>
       <c r="H461" t="s">
-        <v>1703</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1741</v>
+        <v>1759</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>675</v>
+        <v>607</v>
       </c>
       <c r="D462" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E462" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F462" t="s">
         <v>1143</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1742</v>
+        <v>1760</v>
       </c>
       <c r="H462" t="s">
-        <v>1743</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1744</v>
+        <v>1762</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>679</v>
+        <v>611</v>
       </c>
       <c r="D463" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E463" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F463" t="s">
         <v>1143</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1745</v>
+        <v>1763</v>
       </c>
       <c r="H463" t="s">
-        <v>1746</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1747</v>
+        <v>1765</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>683</v>
+        <v>615</v>
       </c>
       <c r="D464" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E464" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F464" t="s">
         <v>1143</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1748</v>
+        <v>1766</v>
       </c>
       <c r="H464" t="s">
-        <v>1749</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1750</v>
+        <v>1768</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>687</v>
+        <v>619</v>
       </c>
       <c r="D465" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E465" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F465" t="s">
         <v>1143</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1751</v>
+        <v>1769</v>
       </c>
       <c r="H465" t="s">
-        <v>1706</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1752</v>
+        <v>1771</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>691</v>
+        <v>623</v>
       </c>
       <c r="D466" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E466" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F466" t="s">
         <v>1143</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1753</v>
+        <v>1772</v>
       </c>
       <c r="H466" t="s">
-        <v>1754</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1755</v>
+        <v>1774</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>695</v>
+        <v>627</v>
       </c>
       <c r="D467" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E467" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F467" t="s">
         <v>1143</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1756</v>
+        <v>1775</v>
       </c>
       <c r="H467" t="s">
-        <v>1757</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1758</v>
+        <v>1777</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>699</v>
+        <v>631</v>
       </c>
       <c r="D468" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E468" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F468" t="s">
         <v>1143</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1759</v>
+        <v>1778</v>
       </c>
       <c r="H468" t="s">
-        <v>1760</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1761</v>
+        <v>1780</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>703</v>
+        <v>635</v>
       </c>
       <c r="D469" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E469" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F469" t="s">
         <v>1143</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1762</v>
+        <v>1781</v>
       </c>
       <c r="H469" t="s">
-        <v>1727</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1763</v>
+        <v>1783</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>708</v>
+        <v>639</v>
       </c>
       <c r="D470" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E470" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F470" t="s">
         <v>1143</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1764</v>
+        <v>1784</v>
       </c>
       <c r="H470" t="s">
-        <v>1765</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1766</v>
+        <v>1786</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>712</v>
+        <v>643</v>
       </c>
       <c r="D471" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E471" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F471" t="s">
         <v>1143</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1767</v>
+        <v>1787</v>
       </c>
       <c r="H471" t="s">
-        <v>1768</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1769</v>
+        <v>1789</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>716</v>
+        <v>647</v>
       </c>
       <c r="D472" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E472" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F472" t="s">
         <v>1143</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1770</v>
+        <v>1790</v>
       </c>
       <c r="H472" t="s">
-        <v>1771</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1772</v>
+        <v>1792</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>720</v>
+        <v>651</v>
       </c>
       <c r="D473" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E473" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F473" t="s">
         <v>1143</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1773</v>
+        <v>1793</v>
       </c>
       <c r="H473" t="s">
-        <v>1774</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1775</v>
+        <v>1795</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>724</v>
+        <v>655</v>
       </c>
       <c r="D474" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E474" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F474" t="s">
         <v>1143</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1776</v>
+        <v>1796</v>
       </c>
       <c r="H474" t="s">
-        <v>1777</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1778</v>
+        <v>1798</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>728</v>
+        <v>659</v>
       </c>
       <c r="D475" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E475" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F475" t="s">
         <v>1143</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1779</v>
+        <v>1799</v>
       </c>
       <c r="H475" t="s">
-        <v>1281</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1780</v>
+        <v>1801</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>732</v>
+        <v>663</v>
       </c>
       <c r="D476" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E476" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F476" t="s">
         <v>1143</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1781</v>
+        <v>1802</v>
       </c>
       <c r="H476" t="s">
-        <v>1782</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1783</v>
+        <v>1803</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>736</v>
+        <v>667</v>
       </c>
       <c r="D477" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E477" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F477" t="s">
         <v>1143</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1784</v>
+        <v>1804</v>
       </c>
       <c r="H477" t="s">
-        <v>1785</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1786</v>
+        <v>1806</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>740</v>
+        <v>671</v>
       </c>
       <c r="D478" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E478" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F478" t="s">
         <v>1143</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1787</v>
+        <v>1807</v>
       </c>
       <c r="H478" t="s">
-        <v>1788</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1789</v>
+        <v>1808</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>744</v>
+        <v>675</v>
       </c>
       <c r="D479" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E479" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F479" t="s">
         <v>1143</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1790</v>
+        <v>1809</v>
       </c>
       <c r="H479" t="s">
-        <v>1791</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1792</v>
+        <v>1811</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>749</v>
+        <v>679</v>
       </c>
       <c r="D480" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E480" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F480" t="s">
         <v>1143</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1793</v>
+        <v>1812</v>
       </c>
       <c r="H480" t="s">
-        <v>1794</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1795</v>
+        <v>1814</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>753</v>
+        <v>683</v>
       </c>
       <c r="D481" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E481" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F481" t="s">
         <v>1143</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1796</v>
+        <v>1815</v>
       </c>
       <c r="H481" t="s">
-        <v>1797</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1798</v>
+        <v>1817</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>757</v>
+        <v>687</v>
       </c>
       <c r="D482" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E482" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F482" t="s">
         <v>1143</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1799</v>
+        <v>1818</v>
       </c>
       <c r="H482" t="s">
-        <v>1800</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1801</v>
+        <v>1819</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>762</v>
+        <v>691</v>
       </c>
       <c r="D483" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E483" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F483" t="s">
         <v>1143</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1802</v>
+        <v>1820</v>
       </c>
       <c r="H483" t="s">
-        <v>1803</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1804</v>
+        <v>1822</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>767</v>
+        <v>695</v>
       </c>
       <c r="D484" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E484" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F484" t="s">
         <v>1143</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1805</v>
+        <v>1823</v>
       </c>
       <c r="H484" t="s">
-        <v>1806</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1807</v>
+        <v>1825</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>771</v>
+        <v>699</v>
       </c>
       <c r="D485" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E485" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F485" t="s">
         <v>1143</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1808</v>
+        <v>1826</v>
       </c>
       <c r="H485" t="s">
-        <v>1809</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1810</v>
+        <v>1828</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>775</v>
+        <v>703</v>
       </c>
       <c r="D486" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E486" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F486" t="s">
         <v>1143</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1811</v>
+        <v>1829</v>
       </c>
       <c r="H486" t="s">
-        <v>1812</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1813</v>
+        <v>1830</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>779</v>
+        <v>708</v>
       </c>
       <c r="D487" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E487" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F487" t="s">
         <v>1143</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1814</v>
+        <v>1831</v>
       </c>
       <c r="H487" t="s">
-        <v>1703</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1815</v>
+        <v>1833</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>783</v>
+        <v>712</v>
       </c>
       <c r="D488" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E488" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F488" t="s">
         <v>1143</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1816</v>
+        <v>1834</v>
       </c>
       <c r="H488" t="s">
-        <v>1706</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1817</v>
+        <v>1836</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>787</v>
+        <v>716</v>
       </c>
       <c r="D489" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E489" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F489" t="s">
         <v>1143</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1818</v>
+        <v>1837</v>
       </c>
       <c r="H489" t="s">
-        <v>1727</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1819</v>
+        <v>1839</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>791</v>
+        <v>720</v>
       </c>
       <c r="D490" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E490" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F490" t="s">
         <v>1143</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1820</v>
+        <v>1840</v>
       </c>
       <c r="H490" t="s">
-        <v>1821</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1822</v>
+        <v>1842</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>795</v>
+        <v>724</v>
       </c>
       <c r="D491" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E491" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F491" t="s">
         <v>1143</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1823</v>
+        <v>1843</v>
       </c>
       <c r="H491" t="s">
-        <v>1824</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1825</v>
+        <v>1845</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>800</v>
+        <v>728</v>
       </c>
       <c r="D492" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E492" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F492" t="s">
         <v>1143</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1826</v>
+        <v>1846</v>
       </c>
       <c r="H492" t="s">
-        <v>1706</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1827</v>
+        <v>1847</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>804</v>
+        <v>732</v>
       </c>
       <c r="D493" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E493" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F493" t="s">
         <v>1143</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1828</v>
+        <v>1848</v>
       </c>
       <c r="H493" t="s">
-        <v>1706</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1829</v>
+        <v>1850</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>808</v>
+        <v>736</v>
       </c>
       <c r="D494" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E494" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F494" t="s">
-        <v>285</v>
+        <v>1143</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1830</v>
+        <v>1851</v>
       </c>
       <c r="H494" t="s">
-        <v>1831</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1832</v>
+        <v>1853</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>812</v>
+        <v>740</v>
       </c>
       <c r="D495" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E495" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F495" t="s">
         <v>1143</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1833</v>
+        <v>1854</v>
       </c>
       <c r="H495" t="s">
-        <v>1834</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1835</v>
+        <v>1856</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>817</v>
+        <v>744</v>
       </c>
       <c r="D496" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E496" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F496" t="s">
         <v>1143</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1836</v>
+        <v>1857</v>
       </c>
       <c r="H496" t="s">
-        <v>1837</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1838</v>
+        <v>1859</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>821</v>
+        <v>749</v>
       </c>
       <c r="D497" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E497" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F497" t="s">
         <v>1143</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1839</v>
+        <v>1860</v>
       </c>
       <c r="H497" t="s">
-        <v>1840</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1841</v>
+        <v>1862</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>825</v>
+        <v>753</v>
       </c>
       <c r="D498" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E498" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F498" t="s">
         <v>1143</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1842</v>
+        <v>1863</v>
       </c>
       <c r="H498" t="s">
-        <v>1843</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1844</v>
+        <v>1865</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>829</v>
+        <v>757</v>
       </c>
       <c r="D499" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E499" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F499" t="s">
         <v>1143</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1845</v>
+        <v>1866</v>
       </c>
       <c r="H499" t="s">
-        <v>1846</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1847</v>
+        <v>1868</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>833</v>
+        <v>762</v>
       </c>
       <c r="D500" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E500" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F500" t="s">
         <v>1143</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1848</v>
+        <v>1869</v>
       </c>
       <c r="H500" t="s">
-        <v>1849</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1850</v>
+        <v>1871</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>837</v>
+        <v>767</v>
       </c>
       <c r="D501" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E501" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F501" t="s">
         <v>1143</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1851</v>
+        <v>1872</v>
       </c>
       <c r="H501" t="s">
-        <v>1852</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1853</v>
+        <v>1874</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>841</v>
+        <v>771</v>
       </c>
       <c r="D502" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E502" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F502" t="s">
         <v>1143</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1854</v>
+        <v>1875</v>
       </c>
       <c r="H502" t="s">
-        <v>1706</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1855</v>
+        <v>1877</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>845</v>
+        <v>775</v>
       </c>
       <c r="D503" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E503" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F503" t="s">
         <v>1143</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1856</v>
+        <v>1878</v>
       </c>
       <c r="H503" t="s">
-        <v>1857</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1858</v>
+        <v>1880</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>849</v>
+        <v>779</v>
       </c>
       <c r="D504" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E504" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F504" t="s">
         <v>1143</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1859</v>
+        <v>1881</v>
       </c>
       <c r="H504" t="s">
-        <v>1860</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1861</v>
+        <v>1882</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>853</v>
+        <v>783</v>
       </c>
       <c r="D505" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E505" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F505" t="s">
         <v>1143</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1862</v>
+        <v>1883</v>
       </c>
       <c r="H505" t="s">
-        <v>1863</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>857</v>
+        <v>787</v>
       </c>
       <c r="D506" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E506" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F506" t="s">
         <v>1143</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="H506" t="s">
-        <v>1866</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1867</v>
+        <v>1886</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>861</v>
+        <v>791</v>
       </c>
       <c r="D507" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E507" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F507" t="s">
         <v>1143</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1868</v>
+        <v>1887</v>
       </c>
       <c r="H507" t="s">
-        <v>1869</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1870</v>
+        <v>1889</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>865</v>
+        <v>795</v>
       </c>
       <c r="D508" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E508" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F508" t="s">
         <v>1143</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1871</v>
+        <v>1890</v>
       </c>
       <c r="H508" t="s">
-        <v>1872</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1873</v>
+        <v>1892</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>869</v>
+        <v>800</v>
       </c>
       <c r="D509" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E509" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F509" t="s">
         <v>1143</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1874</v>
+        <v>1893</v>
       </c>
       <c r="H509" t="s">
-        <v>1875</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1876</v>
+        <v>1894</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>873</v>
+        <v>804</v>
       </c>
       <c r="D510" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E510" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F510" t="s">
         <v>1143</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1877</v>
+        <v>1895</v>
       </c>
       <c r="H510" t="s">
-        <v>1878</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1879</v>
+        <v>1896</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>878</v>
+        <v>808</v>
       </c>
       <c r="D511" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E511" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F511" t="s">
-        <v>1143</v>
+        <v>285</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="H511" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>882</v>
+        <v>812</v>
       </c>
       <c r="D512" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E512" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F512" t="s">
         <v>1143</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1883</v>
+        <v>1900</v>
       </c>
       <c r="H512" t="s">
-        <v>1884</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1885</v>
+        <v>1902</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>886</v>
+        <v>817</v>
       </c>
       <c r="D513" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E513" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F513" t="s">
         <v>1143</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1886</v>
+        <v>1903</v>
       </c>
       <c r="H513" t="s">
-        <v>1706</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1887</v>
+        <v>1905</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>890</v>
+        <v>821</v>
       </c>
       <c r="D514" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E514" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F514" t="s">
         <v>1143</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1888</v>
+        <v>1906</v>
       </c>
       <c r="H514" t="s">
-        <v>1706</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1889</v>
+        <v>1908</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>894</v>
+        <v>825</v>
       </c>
       <c r="D515" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E515" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F515" t="s">
         <v>1143</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1890</v>
+        <v>1909</v>
       </c>
       <c r="H515" t="s">
-        <v>1891</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1892</v>
+        <v>1911</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>898</v>
+        <v>829</v>
       </c>
       <c r="D516" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E516" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F516" t="s">
         <v>1143</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1893</v>
+        <v>1912</v>
       </c>
       <c r="H516" t="s">
-        <v>1894</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1895</v>
+        <v>1914</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>902</v>
+        <v>833</v>
       </c>
       <c r="D517" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E517" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F517" t="s">
         <v>1143</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1896</v>
+        <v>1915</v>
       </c>
       <c r="H517" t="s">
-        <v>1897</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1898</v>
+        <v>1917</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>906</v>
+        <v>837</v>
       </c>
       <c r="D518" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E518" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F518" t="s">
         <v>1143</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1899</v>
+        <v>1918</v>
       </c>
       <c r="H518" t="s">
-        <v>1900</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1901</v>
+        <v>1920</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>910</v>
+        <v>841</v>
       </c>
       <c r="D519" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E519" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F519" t="s">
         <v>1143</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1902</v>
+        <v>1921</v>
       </c>
       <c r="H519" t="s">
-        <v>1903</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1904</v>
+        <v>1922</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>914</v>
+        <v>845</v>
       </c>
       <c r="D520" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E520" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F520" t="s">
         <v>1143</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1905</v>
+        <v>1923</v>
       </c>
       <c r="H520" t="s">
-        <v>1906</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1907</v>
+        <v>1925</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>918</v>
+        <v>849</v>
       </c>
       <c r="D521" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E521" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F521" t="s">
         <v>1143</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1908</v>
+        <v>1926</v>
       </c>
       <c r="H521" t="s">
-        <v>1909</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1910</v>
+        <v>1928</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>922</v>
+        <v>853</v>
       </c>
       <c r="D522" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E522" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F522" t="s">
         <v>1143</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1911</v>
+        <v>1929</v>
       </c>
       <c r="H522" t="s">
-        <v>1912</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1913</v>
+        <v>1931</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>927</v>
+        <v>857</v>
       </c>
       <c r="D523" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E523" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F523" t="s">
         <v>1143</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1914</v>
+        <v>1932</v>
       </c>
       <c r="H523" t="s">
-        <v>1915</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1916</v>
+        <v>1934</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>931</v>
+        <v>861</v>
       </c>
       <c r="D524" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E524" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F524" t="s">
         <v>1143</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1917</v>
+        <v>1935</v>
       </c>
       <c r="H524" t="s">
-        <v>1918</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1919</v>
+        <v>1937</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>935</v>
+        <v>865</v>
       </c>
       <c r="D525" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E525" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F525" t="s">
         <v>1143</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1920</v>
+        <v>1938</v>
       </c>
       <c r="H525" t="s">
-        <v>1921</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1922</v>
+        <v>1940</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>939</v>
+        <v>869</v>
       </c>
       <c r="D526" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E526" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F526" t="s">
         <v>1143</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1923</v>
+        <v>1941</v>
       </c>
       <c r="H526" t="s">
-        <v>1924</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1925</v>
+        <v>1943</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>947</v>
+        <v>873</v>
       </c>
       <c r="D527" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E527" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F527" t="s">
         <v>1143</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1926</v>
+        <v>1944</v>
       </c>
       <c r="H527" t="s">
-        <v>1927</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1928</v>
+        <v>1946</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>951</v>
+        <v>878</v>
       </c>
       <c r="D528" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E528" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F528" t="s">
         <v>1143</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1929</v>
+        <v>1947</v>
       </c>
       <c r="H528" t="s">
-        <v>1930</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1931</v>
+        <v>1949</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>955</v>
+        <v>882</v>
       </c>
       <c r="D529" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E529" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F529" t="s">
         <v>1143</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1932</v>
+        <v>1950</v>
       </c>
       <c r="H529" t="s">
-        <v>1933</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1934</v>
+        <v>1952</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>959</v>
+        <v>886</v>
       </c>
       <c r="D530" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E530" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F530" t="s">
-        <v>285</v>
+        <v>1143</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1935</v>
+        <v>1953</v>
       </c>
       <c r="H530" t="s">
-        <v>1936</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1937</v>
+        <v>1954</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>963</v>
+        <v>890</v>
       </c>
       <c r="D531" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E531" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F531" t="s">
         <v>1143</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1938</v>
+        <v>1955</v>
       </c>
       <c r="H531" t="s">
-        <v>1939</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1940</v>
+        <v>1956</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>967</v>
+        <v>894</v>
       </c>
       <c r="D532" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E532" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F532" t="s">
         <v>1143</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1941</v>
+        <v>1957</v>
       </c>
       <c r="H532" t="s">
-        <v>1942</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1943</v>
+        <v>1959</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>971</v>
+        <v>898</v>
       </c>
       <c r="D533" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E533" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F533" t="s">
         <v>1143</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1944</v>
+        <v>1960</v>
       </c>
       <c r="H533" t="s">
-        <v>1945</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1946</v>
+        <v>1962</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>975</v>
+        <v>902</v>
       </c>
       <c r="D534" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E534" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F534" t="s">
-        <v>1947</v>
+        <v>1143</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1948</v>
+        <v>1963</v>
       </c>
       <c r="H534" t="s">
-        <v>1949</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1950</v>
+        <v>1965</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>979</v>
+        <v>906</v>
       </c>
       <c r="D535" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E535" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F535" t="s">
         <v>1143</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1951</v>
+        <v>1966</v>
       </c>
       <c r="H535" t="s">
-        <v>1952</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1953</v>
+        <v>1968</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>983</v>
+        <v>910</v>
       </c>
       <c r="D536" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E536" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F536" t="s">
         <v>1143</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1954</v>
+        <v>1969</v>
       </c>
       <c r="H536" t="s">
-        <v>1955</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1956</v>
+        <v>1971</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>987</v>
+        <v>914</v>
       </c>
       <c r="D537" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E537" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F537" t="s">
         <v>1143</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1957</v>
+        <v>1972</v>
       </c>
       <c r="H537" t="s">
-        <v>1958</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1959</v>
+        <v>1974</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>991</v>
+        <v>918</v>
       </c>
       <c r="D538" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E538" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F538" t="s">
         <v>1143</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1960</v>
+        <v>1975</v>
       </c>
       <c r="H538" t="s">
-        <v>1961</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1962</v>
+        <v>1977</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="D539" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E539" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F539" t="s">
         <v>1143</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1963</v>
+        <v>1978</v>
       </c>
       <c r="H539" t="s">
-        <v>1964</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1965</v>
+        <v>1980</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>999</v>
+        <v>927</v>
       </c>
       <c r="D540" t="s">
-        <v>1275</v>
+        <v>1342</v>
       </c>
       <c r="E540" t="s">
-        <v>1276</v>
+        <v>1343</v>
       </c>
       <c r="F540" t="s">
         <v>1143</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1966</v>
+        <v>1981</v>
       </c>
       <c r="H540" t="s">
-        <v>1967</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1968</v>
+        <v>1983</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>10</v>
+        <v>931</v>
       </c>
       <c r="D541" t="s">
-        <v>1969</v>
+        <v>1342</v>
       </c>
       <c r="E541" t="s">
-        <v>1970</v>
+        <v>1343</v>
       </c>
       <c r="F541" t="s">
-        <v>1971</v>
+        <v>1143</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1972</v>
+        <v>1984</v>
       </c>
       <c r="H541" t="s">
-        <v>1973</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1974</v>
+        <v>1986</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>23</v>
+        <v>935</v>
       </c>
       <c r="D542" t="s">
-        <v>1969</v>
+        <v>1342</v>
       </c>
       <c r="E542" t="s">
-        <v>1970</v>
+        <v>1343</v>
       </c>
       <c r="F542" t="s">
-        <v>1268</v>
+        <v>1143</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1975</v>
+        <v>1987</v>
       </c>
       <c r="H542" t="s">
-        <v>1976</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1977</v>
+        <v>1989</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>10</v>
+        <v>939</v>
       </c>
       <c r="D543" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E543" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F543" t="s">
-        <v>82</v>
+        <v>1143</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1980</v>
+        <v>1990</v>
       </c>
       <c r="H543" t="s">
-        <v>1981</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1982</v>
+        <v>1992</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>23</v>
+        <v>943</v>
       </c>
       <c r="D544" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E544" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F544" t="s">
-        <v>322</v>
+        <v>1143</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1983</v>
+        <v>1993</v>
       </c>
       <c r="H544" t="s">
-        <v>1984</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1985</v>
+        <v>1994</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>28</v>
+        <v>947</v>
       </c>
       <c r="D545" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E545" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F545" t="s">
-        <v>322</v>
+        <v>1143</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1986</v>
+        <v>1995</v>
       </c>
       <c r="H545" t="s">
-        <v>1987</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1988</v>
+        <v>1997</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>32</v>
+        <v>951</v>
       </c>
       <c r="D546" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E546" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F546" t="s">
-        <v>1989</v>
+        <v>1143</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="H546" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>37</v>
+        <v>955</v>
       </c>
       <c r="D547" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E547" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F547" t="s">
-        <v>46</v>
+        <v>1143</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="H547" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>41</v>
+        <v>959</v>
       </c>
       <c r="D548" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E548" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F548" t="s">
-        <v>1996</v>
+        <v>285</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="H548" t="s">
-        <v>1998</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>45</v>
+        <v>963</v>
       </c>
       <c r="D549" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E549" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F549" t="s">
-        <v>114</v>
+        <v>1143</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="H549" t="s">
-        <v>2001</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>50</v>
+        <v>967</v>
       </c>
       <c r="D550" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E550" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F550" t="s">
-        <v>1996</v>
+        <v>1143</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="H550" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>54</v>
+        <v>971</v>
       </c>
       <c r="D551" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E551" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F551" t="s">
-        <v>1661</v>
+        <v>1143</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="H551" t="s">
-        <v>2007</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>58</v>
+        <v>975</v>
       </c>
       <c r="D552" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E552" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F552" t="s">
-        <v>19</v>
+        <v>2016</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="H552" t="s">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>63</v>
+        <v>979</v>
       </c>
       <c r="D553" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E553" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F553" t="s">
-        <v>1250</v>
+        <v>1143</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="H553" t="s">
-        <v>2013</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>68</v>
+        <v>983</v>
       </c>
       <c r="D554" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E554" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F554" t="s">
-        <v>2015</v>
+        <v>1143</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="H554" t="s">
-        <v>2017</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>72</v>
+        <v>987</v>
       </c>
       <c r="D555" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E555" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F555" t="s">
-        <v>92</v>
+        <v>1143</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="H555" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2021</v>
+        <v>2028</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>76</v>
+        <v>991</v>
       </c>
       <c r="D556" t="s">
-        <v>1978</v>
+        <v>1342</v>
       </c>
       <c r="E556" t="s">
-        <v>1979</v>
+        <v>1343</v>
       </c>
       <c r="F556" t="s">
-        <v>46</v>
+        <v>1143</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2022</v>
+        <v>2029</v>
       </c>
       <c r="H556" t="s">
-        <v>2023</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2024</v>
+        <v>2031</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
+        <v>995</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F557" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H557" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>999</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F558" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H558" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F559" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H559" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E560" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F560" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H560" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E561" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F561" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H561" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F562" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H562" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F563" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H563" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F564" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H564" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F565" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H565" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F566" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H566" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F567" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H567" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F568" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H568" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F569" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H569" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F570" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H570" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F571" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H571" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F572" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H572" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F573" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H573" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F574" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F575" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F576" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>2091</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F577" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F578" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F579" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F580" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E581" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F581" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H581" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F582" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F583" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H583" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F584" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F585" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H585" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F586" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H586" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F587" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H587" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F588" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H588" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F589" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H589" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F590" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="H590" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>10</v>
+      </c>
+      <c r="D591" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E591" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F591" t="s">
+        <v>2136</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H591" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>23</v>
+      </c>
+      <c r="D592" t="s">
+        <v>2134</v>
+      </c>
+      <c r="E592" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F592" t="s">
+        <v>1335</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>10</v>
+      </c>
+      <c r="D593" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E593" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F593" t="s">
+        <v>82</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H593" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>23</v>
+      </c>
+      <c r="D594" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E594" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F594" t="s">
+        <v>322</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H594" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>28</v>
+      </c>
+      <c r="D595" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E595" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F595" t="s">
+        <v>322</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="H595" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>32</v>
+      </c>
+      <c r="D596" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E596" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F596" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>37</v>
+      </c>
+      <c r="D597" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E597" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F597" t="s">
+        <v>46</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>41</v>
+      </c>
+      <c r="D598" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E598" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F598" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>45</v>
+      </c>
+      <c r="D599" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E599" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F599" t="s">
+        <v>114</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>50</v>
+      </c>
+      <c r="D600" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E600" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F600" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>54</v>
+      </c>
+      <c r="D601" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E601" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F601" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>58</v>
+      </c>
+      <c r="D602" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E602" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F602" t="s">
+        <v>19</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>63</v>
+      </c>
+      <c r="D603" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E603" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F603" t="s">
+        <v>1311</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2177</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>68</v>
+      </c>
+      <c r="D604" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E604" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F604" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>72</v>
+      </c>
+      <c r="D605" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E605" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F605" t="s">
+        <v>92</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>76</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E606" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F606" t="s">
+        <v>46</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
         <v>81</v>
       </c>
-      <c r="D557" t="s">
-[...5 lines deleted...]
-      <c r="F557" t="s">
+      <c r="D607" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E607" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F607" t="s">
         <v>92</v>
       </c>
-      <c r="G557" s="1" t="s">
-[...3 lines deleted...]
-        <v>2026</v>
+      <c r="G607" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>86</v>
+      </c>
+      <c r="D608" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E608" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F608" t="s">
+        <v>322</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2194</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -21765,50 +23631,101 @@
     <hyperlink ref="G533" r:id="rId532"/>
     <hyperlink ref="G534" r:id="rId533"/>
     <hyperlink ref="G535" r:id="rId534"/>
     <hyperlink ref="G536" r:id="rId535"/>
     <hyperlink ref="G537" r:id="rId536"/>
     <hyperlink ref="G538" r:id="rId537"/>
     <hyperlink ref="G539" r:id="rId538"/>
     <hyperlink ref="G540" r:id="rId539"/>
     <hyperlink ref="G541" r:id="rId540"/>
     <hyperlink ref="G542" r:id="rId541"/>
     <hyperlink ref="G543" r:id="rId542"/>
     <hyperlink ref="G544" r:id="rId543"/>
     <hyperlink ref="G545" r:id="rId544"/>
     <hyperlink ref="G546" r:id="rId545"/>
     <hyperlink ref="G547" r:id="rId546"/>
     <hyperlink ref="G548" r:id="rId547"/>
     <hyperlink ref="G549" r:id="rId548"/>
     <hyperlink ref="G550" r:id="rId549"/>
     <hyperlink ref="G551" r:id="rId550"/>
     <hyperlink ref="G552" r:id="rId551"/>
     <hyperlink ref="G553" r:id="rId552"/>
     <hyperlink ref="G554" r:id="rId553"/>
     <hyperlink ref="G555" r:id="rId554"/>
     <hyperlink ref="G556" r:id="rId555"/>
     <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>